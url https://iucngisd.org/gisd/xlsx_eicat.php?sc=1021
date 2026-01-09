--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -790,150 +790,150 @@
         <v>10</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>27</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Monk Parakeets have also been observed “hogging” feeders at several locations in Brooklyn, but the only displaced birds observed were starlings, pigeons, and sparrows. I have never seen a songbird intimidated by a parrot at a feeding station, but there are very few songbirds in Brooklyn to begin with. When food is scattered on the ground where Monk Parakeets are present, it is typical that other urban birds, including pigeons, sparrows, and starlings, will come to the food first, because the Monk Parakeets seem to use these birds to test the safety of the feeding grounds. Only when it appears that no predators are setting up an attack do the Monks join the group, and even then, they remain highly vigilant. On these occasions I’ve never seen the Monk Parakeets harass the birds they are feeding with. So do they compete for food? Certainly. Do they prevent the other birds we typically find in Brooklyn from getting enough? In find this unlikely. To my knowledge, New York has suffered no shortage of pigeons, sparrows, and starlings in the more than 40 years since the Monk Parakeets arrived here.</t>
         </is>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>The first free-flying monk parakeets were observed during 1967 in New York City, and 8 nests were found in that city by 1970.23 By 1973 it was estimated that 4000–5000 free-flying monk parakeets were present in the USA. Introduced species may have a detrimental effect on native species through predation, habitat alteration, introduction of diseases such as psittacosis or Newcastle’s disease, hybridization, competition for nest cavities, or a combination of these. There is also concern that introduced species may cause economic loss due to crop damage. To date, however, few of these potential negative effects have materialized.</t>
+          <t>We compared the role of the monk parakeet as a nest-site facilitator in different rural and urban areas, both invaded and native, across three continents and eight breeding seasons. From 2013 to 2020, we monitored populations of monk parakeets established indifferent countries including the native (Argentina, Brazil, Paraguay, and Uruguay) and invaded range (Italy, Puerto Rico, and Spain) of the species (Figure 1a) in urban and rural ranges A total of 2690 nests from 42 tenant species, mostly cavity-nesting birds, were recorded in 26% of 2595 monk parakeet nests. Rural and invaded areas showed the highest abundance and richness of tenant species. Multispecies communal nests triggered interspecific aggression between the monk parakeet host and its tenants, but also a cooperative defense against predators. Despite the positive effects for native species, monk parakeets also facilitate nesting opportunities to other non-native species and may also transmit diseases to tenants, highlighting the complexity of biotic interactions in biological invasions.</t>
         </is>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21" t="inlineStr">
         <is>
-          <t>We compared the role of the monk parakeet as a nest-site facilitator in different rural and urban areas, both invaded and native, across three continents and eight breeding seasons. From 2013 to 2020, we monitored populations of monk parakeets established indifferent countries including the native (Argentina, Brazil, Paraguay, and Uruguay) and invaded range (Italy, Puerto Rico, and Spain) of the species (Figure 1a) in urban and rural ranges A total of 2690 nests from 42 tenant species, mostly cavity-nesting birds, were recorded in 26% of 2595 monk parakeet nests. Rural and invaded areas showed the highest abundance and richness of tenant species. Multispecies communal nests triggered interspecific aggression between the monk parakeet host and its tenants, but also a cooperative defense against predators. Despite the positive effects for native species, monk parakeets also facilitate nesting opportunities to other non-native species and may also transmit diseases to tenants, highlighting the complexity of biotic interactions in biological invasions.</t>
+          <t>Hernández-Brito, D., Carrete, M., Blanco, G., Romero-Vidal, P., Senar, J.C., Mori, E., White, T.H. Jr., Luna, Á., Tella, J.L. (2021). The Role of Monk Parakeets as Nest-Site Facilitators in Their Native and Invaded Areas. Biology. 2021; 10(7):683. https://doi.org/10.3390/biology10070683</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>27</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>We compared the role of the monk parakeet as a nest-site facilitator in different rural and urban areas, both invaded and native, across three continents and eight breeding seasons. From 2013 to 2020, we monitored populations of monk parakeets established indifferent countries including the native (Argentina, Brazil, Paraguay, and Uruguay) and invaded range (Italy, Puerto Rico, and Spain) of the species (Figure 1a) in urban and rural ranges A total of 2690 nests from 42 tenant species, mostly cavity-nesting birds, were recorded in 26% of 2595 monk parakeet nests. Rural and invaded areas showed the highest abundance and richness of tenant species. Multispecies communal nests triggered interspecific aggression between the monk parakeet host and its tenants, but also a cooperative defense against predators. Despite the positive effects for native species, monk parakeets also facilitate nesting opportunities to other non-native species and may also transmit diseases to tenants, highlighting the complexity of biotic interactions in biological invasions.</t>
         </is>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22" t="inlineStr">
         <is>
           <t>Hernández-Brito, D., Carrete, M., Blanco, G., Romero-Vidal, P., Senar, J.C., Mori, E., White, T.H. Jr., Luna, Á., Tella, J.L. (2021). The Role of Monk Parakeets as Nest-Site Facilitators in Their Native and Invaded Areas. Biology. 2021; 10(7):683. https://doi.org/10.3390/biology10070683</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C23" t="s">
         <v>26</v>
       </c>
       <c r="D23" t="s">
         <v>27</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>We compared the role of the monk parakeet as a nest-site facilitator in different rural and urban areas, both invaded and native, across three continents and eight breeding seasons. From 2013 to 2020, we monitored populations of monk parakeets established indifferent countries including the native (Argentina, Brazil, Paraguay, and Uruguay) and invaded range (Italy, Puerto Rico, and Spain) of the species (Figure 1a) in urban and rural ranges A total of 2690 nests from 42 tenant species, mostly cavity-nesting birds, were recorded in 26% of 2595 monk parakeet nests. Rural and invaded areas showed the highest abundance and richness of tenant species. Multispecies communal nests triggered interspecific aggression between the monk parakeet host and its tenants, but also a cooperative defense against predators. Despite the positive effects for native species, monk parakeets also facilitate nesting opportunities to other non-native species and may also transmit diseases to tenants, highlighting the complexity of biotic interactions in biological invasions.</t>
         </is>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23" t="inlineStr">
         <is>
           <t>Hernández-Brito, D., Carrete, M., Blanco, G., Romero-Vidal, P., Senar, J.C., Mori, E., White, T.H. Jr., Luna, Á., Tella, J.L. (2021). The Role of Monk Parakeets as Nest-Site Facilitators in Their Native and Invaded Areas. Biology. 2021; 10(7):683. https://doi.org/10.3390/biology10070683</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="C24" t="s">
         <v>26</v>
       </c>
       <c r="D24" t="s">
         <v>27</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>We compared the role of the monk parakeet as a nest-site facilitator in different rural and urban areas, both invaded and native, across three continents and eight breeding seasons. From 2013 to 2020, we monitored populations of monk parakeets established indifferent countries including the native (Argentina, Brazil, Paraguay, and Uruguay) and invaded range (Italy, Puerto Rico, and Spain) of the species (Figure 1a) in urban and rural ranges A total of 2690 nests from 42 tenant species, mostly cavity-nesting birds, were recorded in 26% of 2595 monk parakeet nests. Rural and invaded areas showed the highest abundance and richness of tenant species. Multispecies communal nests triggered interspecific aggression between the monk parakeet host and its tenants, but also a cooperative defense against predators. Despite the positive effects for native species, monk parakeets also facilitate nesting opportunities to other non-native species and may also transmit diseases to tenants, highlighting the complexity of biotic interactions in biological invasions.</t>
+          <t>The first free-flying monk parakeets were observed during 1967 in New York City, and 8 nests were found in that city by 1970.23 By 1973 it was estimated that 4000–5000 free-flying monk parakeets were present in the USA. Introduced species may have a detrimental effect on native species through predation, habitat alteration, introduction of diseases such as psittacosis or Newcastle’s disease, hybridization, competition for nest cavities, or a combination of these. There is also concern that introduced species may cause economic loss due to crop damage. To date, however, few of these potential negative effects have materialized.</t>
         </is>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24" t="inlineStr">
         <is>
-          <t>Hernández-Brito, D., Carrete, M., Blanco, G., Romero-Vidal, P., Senar, J.C., Mori, E., White, T.H. Jr., Luna, Á., Tella, J.L. (2021). The Role of Monk Parakeets as Nest-Site Facilitators in Their Native and Invaded Areas. Biology. 2021; 10(7):683. https://doi.org/10.3390/biology10070683</t>
+          <t>We compared the role of the monk parakeet as a nest-site facilitator in different rural and urban areas, both invaded and native, across three continents and eight breeding seasons. From 2013 to 2020, we monitored populations of monk parakeets established indifferent countries including the native (Argentina, Brazil, Paraguay, and Uruguay) and invaded range (Italy, Puerto Rico, and Spain) of the species (Figure 1a) in urban and rural ranges A total of 2690 nests from 42 tenant species, mostly cavity-nesting birds, were recorded in 26% of 2595 monk parakeet nests. Rural and invaded areas showed the highest abundance and richness of tenant species. Multispecies communal nests triggered interspecific aggression between the monk parakeet host and its tenants, but also a cooperative defense against predators. Despite the positive effects for native species, monk parakeets also facilitate nesting opportunities to other non-native species and may also transmit diseases to tenants, highlighting the complexity of biotic interactions in biological invasions.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>