--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -41,150 +41,150 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Pycnonotus jocosus</t>
   </si>
   <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Pycnonotus jocosus is believed to have contributed to population declines of endemic White-eyes (Zosterops spp. Cheke, 1987. Sorensen, 2005).</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>No empirical evidence, reference to published literature.</t>
+  </si>
+  <si>
+    <t>Zosterops spp.</t>
+  </si>
+  <si>
+    <t>U.S.A.</t>
+  </si>
+  <si>
+    <t>Indirect impacts through interactions with other species</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Carleton A.R. and Owre O.T. (1975). The Red-whiskered Bulbul in Florida: 1960-71. The Auk Vol. 92, No. 1: 40-57.</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
-    <t>Predation</t>
-[...4 lines deleted...]
-  <si>
     <t>Roberts P. (1988). Introduced birds on Assumption Island - a threat to Aldabra. Oryx, 22(01), p.15.</t>
   </si>
   <si>
-    <t>Mauritius</t>
+    <t>Japan</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
+    <t>There are records of import of this species since Edo Era (17C - mid 19C). Potentially impact: competition with native birds.</t>
+  </si>
+  <si>
+    <t>Grazing/herbivory/browsing</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>There is no observational evidence to support the assessment.</t>
+  </si>
+  <si>
+    <t>Nephilia sp., Zosterops spp.</t>
+  </si>
+  <si>
+    <t>Zosterops spp., Nephilia sp.</t>
+  </si>
+  <si>
+    <t>Diamond, A. W. (2009). Studies of Mascarene Island Birds. Edited by Anthony William Diamond. Cambridge University Press.</t>
+  </si>
+  <si>
+    <t>Hemidactylus spp., Gehyra spp., Calotes versicolor</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>Van Riper C., Van Riper S.G., Berger A.J. (1979). The Red-whiskered Bulbul in Hawaii. In: The Wilson Bulletin, 9 (2) 323-328.</t>
+  </si>
+  <si>
+    <t>Beaver K. &amp; Mougal J. (Eds.) (2010). Review of invasive alien species control and eradication programmes in Seychelles.</t>
+  </si>
+  <si>
+    <t>Almost 99% of all dropping analyses contained plant material, with 92.4% containing seeds and only 7.4% containing invertebrates remains.</t>
+  </si>
+  <si>
+    <t>Acarina, Nephila inaurata, Araneidae, Coleoptera, Hymenoptera</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Simberloff D. &amp; Holle B. (1999). Positive interactions of nonindigenous species: invasional meltdown? Biol. Invasions 21-32. doi:10.1023/a:1010086329619.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
     <t>This bulbul and the Cardinal (Foudia madagascariensis) may compete directly with related native species and restrict their distribution, abundance or both.</t>
   </si>
   <si>
-    <t>Diamond, A. W. (2009). Studies of Mascarene Island Birds. Edited by Anthony William Diamond. Cambridge University Press.</t>
-[...73 lines deleted...]
-  <si>
     <t>Mandon-Dalger I. et al. (2004). Relationship between alien plants and alien bird species on Reunion Island. Journal of Tropical Ecology, 20(6), pp.635-642.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Australia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -254,568 +254,568 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E2" t="s">
         <v>13</v>
+      </c>
+      <c r="F2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Linnebjerg J., Hansen D., Bunbury N. &amp; Olesen J. (2010). Diet composition of the invasive Red-whiskered Bulbul (Pycnonotus jocosus) in Mauritius. Journal of Tropical Ecology, 26(3), 347-350. doi:10.1017/S0266467409990617</t>
+        </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>19</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Pycnonotus jocosus spreads plant invasives including: Brazilian Jasmine (Jasminum fluminense), Brazilian Peppertree (Schinus terebinthifolius), Bengal Fig (Ficus benghalensis) and Lantana spp.</t>
+        </is>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>19</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>When the Indian Ocean atoll of Aldabra was added to the World Heritage List in 1982, it concluded 20 years of conservation effort to gain international recognition of its scientific importance. Its native wildlife, which is still remarkably intact, is, however, under threat. Only 27 km away, on Assumption Island, introduced bird species have established and are breeding. The author made a survey in October 1986 and among his findings was the particularly alarming discovery of a large population of Red-whiskered Bulbuls (Pycnonotus jocosus), a nest predator of small passerines. Urgent action is required to remove the introduced species from Assumption, not only to protect Aldabra, but also to pave the way for conservation efforts on Assumption itself.</t>
+        </is>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
-      <c r="I4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I4" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="inlineStr">
         <is>
-          <t>Linnebjerg J., Hansen D., Bunbury N. &amp; Olesen J. (2010). Diet composition of the invasive Red-whiskered Bulbul (Pycnonotus jocosus) in Mauritius. Journal of Tropical Ecology, 26(3), 347-350. doi:10.1017/S0266467409990617</t>
+          <t>National Institute for Environmental Studies, Japan (2011). Invasive Species of Japan - Pycnonotus jocosus.  https://www.nies.go.jp/biodiversity/invasive/DB/detail/20110e.html</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>On Mauritius I., Red-whiskered Bulbuls were blamed for the drastic reduction in populations of native White-eyes (Zosterops sp.) and the disppearance of large spiders of the genus Nephilia, which are still common on Reunion and Rodrigues Is., where Red-whiskered Bulbul is absent.</t>
-[...10 lines deleted...]
-      </c>
+          <t>Our study confirms that the Red-whiskered Bulbul is predominantly frugivorous in Mauritius, at least during our study season. Almost 99% of all dropping analyses contained plant material, with 92.4% containing seeds and only 7.4% containing invertebrates remains. Diet composition of native plant species: Ficus reflexa, Harungana madagascariensis. The plant material consumed by the Red-whiskered Bulbul in Mauritius consisted mostly of fruits of invasive species. There were numerous other plant species fruiting during the study period. In addition to the plant species already identified in the birds' faeces, 28 species (21 endemic, 5 native and 2 introduced) across all of our study sites bore fruits, which were potentially edible to the bulbul (P. Gangaram, pers. comm.) and, although 6.8% of the seeds were unidentified, it is surprising that we did not find a larger number of seeds from native plant species in the droppings.</t>
+        </is>
+      </c>
+      <c r="F6"/>
+      <c r="G6"/>
+      <c r="H6"/>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Islam, K. and Williams, R. N. (2000). Red-vented Bulbul (Pycnonotus cafer) and Red-whiskered Bulbul (Pycnonotus jocosus). In The Birds of North America, No. 520 (A. Poole and F. Gill, eds.). The Birds of North America, Inc., Philadelphia, PA. https://doi.org/10.2173/tbna.520.p.   Diamond, A. W. (2009). Studies of Mascarene Island Birds. Edited by Anthony William Diamond. Cambridge University Press.</t>
+          <t>Linnebjerg J., Hansen D., Bunbury N. &amp; Olesen J. (2010). Diet composition of the invasive Red-whiskered Bulbul (Pycnonotus jocosus) in Mauritius. Journal of Tropical Ecology, 26(3), 347-350. doi:10.1017/S0266467409990617</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>On Mauritius Is., Red-whiskered Bulbuls were blamed for the drastic reduction in populations of native White-eyes (Zosterops sp.) and the disppearance of large spiders of the genus Nephilia, which are still common on Reunion and Rodrigues Is., where Red-whiskered Bulbul is absent.</t>
+          <t>On Mauritius I., Red-whiskered Bulbuls were blamed for the drastic reduction in populations of native White-eyes (Zosterops sp.) and the disppearance of large spiders of the genus Nephilia, which are still common on Reunion and Rodrigues Is., where Red-whiskered Bulbul is absent.</t>
         </is>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>Islam, K. and Williams, R. N. (2000). Red-vented Bulbul (Pycnonotus cafer) and Red-whiskered Bulbul (Pycnonotus jocosus). In The Birds of North America, No. 520 (A. Poole and F. Gill, eds.). The Birds of North America, Inc., Philadelphia, PA. https://doi.org/10.2173/tbna.520.p.   Diamond, A. W. (2009). Studies of Mascarene Island Birds. Edited by Anthony William Diamond. Cambridge University Press.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Nest-robbing is also attributed to the introduced Mynah (Acridotheres tristis) and Red-whiskered Bulbul (Pycnonotus jocosus), the latter being blamed for heavy losses to White-eyes (Zosterops spp.). This bulbul and the Cardinal (Foudia madagascariensis) may compete directly with related native species and restrict their distribution, abundance or both.  The nest-site would be relatively safe from arboreal predators such as monkeys and rats, but the Red-whiskered Bulbul (Pycnonotus jocosus) has been considered responsible for nest losses to the White-eyes. Carie (1916) collected, but did not publish, evidence that the Bulbul not only robbed eggs and young, but went on to refurbish and make use of White-eyes' nests.</t>
+          <t>On Mauritius Is., Red-whiskered Bulbuls were blamed for the drastic reduction in populations of native White-eyes (Zosterops sp.) and the disppearance of large spiders of the genus Nephilia, which are still common on Reunion and Rodrigues Is., where Red-whiskered Bulbul is absent.</t>
         </is>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>28</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>30</v>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Islam, K. and Williams, R. N. (2000). Red-vented Bulbul (Pycnonotus cafer) and Red-whiskered Bulbul (Pycnonotus jocosus). In The Birds of North America, No. 520 (A. Poole and F. Gill, eds.). The Birds of North America, Inc., Philadelphia, PA. https://doi.org/10.2173/tbna.520.p.   Diamond, A. W. (2009). Studies of Mascarene Island Birds. Edited by Anthony William Diamond. Cambridge University Press.</t>
+        </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>12</v>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Nest-robbing is also attributed to the introduced Mynah (Acridotheres tristis) and Red-whiskered Bulbul (Pycnonotus jocosus), the latter being blamed for heavy losses to White-eyes (Zosterops spp.). This bulbul and the Cardinal (Foudia madagascariensis) may compete directly with related native species and restrict their distribution, abundance or both.  The nest-site would be relatively safe from arboreal predators such as monkeys and rats, but the Red-whiskered Bulbul (Pycnonotus jocosus) has been considered responsible for nest losses to the White-eyes. Carie (1916) collected, but did not publish, evidence that the Bulbul not only robbed eggs and young, but went on to refurbish and make use of White-eyes' nests.</t>
+        </is>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>14</v>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Whilst the evidence for impact is observational, it is difficult to establish the extent and severity of predation impacts to populations of Zosterops spp. in Mauritius.</t>
+        </is>
       </c>
       <c r="H9" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="I9" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Gecko numbers are probably depressed by predation by Common Mynahs (Acridotheres tristis) and Red-whiskered Bulbul (Pycnonotus jocosus), both introduced. Mynahs frequently eat lizards, including an agamid Calotes versicolor (pers. obs.) and house geckos Hemidactylus and Gehyra spp. (J.-M. Vinson and S. McKeown, pers. comm.) and it is reasonable to suggest that they will also take Phelsuma geckos. The Red-whiskered Bulbul is probably a major predator of young geckos (McKeown, pers. comm.).</t>
         </is>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>Whilst the evidence for impact is observational, it is difficult to establish the extent and severity of predation impacts to populations of gecko species in Mauritius. Another possible cause of decline is the predation by the Common Myna.</t>
         </is>
       </c>
       <c r="H10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I10" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>The birds also gathered insects from a variety of substates in many different fashions. Birds also used corners of buildings that had large spider webs, hovering in front and plucking insects out. On 3 August 1977, a bulbul was observed chasing a large chamelion (Anolis sp.) in a circular pattern down an octopus tree, it was unsuccessful in capturing the reptile.</t>
         </is>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>There is empirical evidence for impact at individual level, but it is difficult to establish the extent and severity of predation impacts to populations of invertebrate and small vertebrate species in Hawaii.</t>
         </is>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Introduced to Assumption from Mauritius probably in 1976. Biology and ecology: originally from Indian sub-continent to southern China, but widespread due to introductions; medium sized brown bird with white underparts, an erect black crest and scarlet ear patch; usually solitary, often territorial, frequenting bush areas; mainly insectivorous, but also feeding on small reptiles and birds; probably capable of dispersing between islands.</t>
         </is>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>There is empirical evidence for impact at individual level, but it is difficult to establish the extent and severity of predation impacts to populations of invertebrate species in Mauritius.</t>
         </is>
       </c>
       <c r="H13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>Linnebjerg J., Hansen D., Bunbury N. &amp; Olesen J. (2010). Diet composition of the invasive Red-whiskered Bulbul (Pycnonotus jocosus) in Mauritius. Journal of Tropical Ecology, 26(3), 347-350. doi:10.1017/S0266467409990617</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>The bird is also believed to have facilitate the spread of several introduced plant species, including Ligustrum robustum var. walkeri (Blume), Clidemia hirta (D. Don), Lantana camara (L.) and Cordia interrupta (DC), which, prior to the introduction of the Red-whiskered Bulbul, were quiescent. The plant material consumed by the Red-whiskered Bulbul in Mauritius consisted mostly of fruits of invasive species. This indicates that such fruits constitute a major part of the bulbul's diet and suggests that these birds play an important role in dispersing the seeds of introduced plants in Mauritius. For seeds of two invasive plants, L. robustum an C. hirta, Red-whiskered Bulbul gut-passage has positive effects on germination, demonstrating that the bulbuls were indeed effective dispersers of these species.</t>
         </is>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="inlineStr">
         <is>
           <t>Linnebjerg J., Hansen D., Bunbury N. &amp; Olesen J. (2010). Diet composition of the invasive Red-whiskered Bulbul (Pycnonotus jocosus) in Mauritius. Journal of Tropical Ecology, 26(3), 347-350. doi:10.1017/S0266467409990617</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
         <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>The Red-whiskered Bulbul (Pycnonotus jocosus) is a cosmopolitan, frugivorous invader that has disrupted plant communities in many habitats. This bulbul colonized the southeastern part of La Réunion island and became a 'common and efficient seed-disperser of alien species such as Rubus alceifolius' (C. Thebaud, unpublished data) (Macdonald et al. 1991).</t>
         </is>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>The Red-whiskered Bulbul (Pycnonotus jocosus) is a cosmopolitan, frugivorous invader that has disrupted plant communities in many habitats. This bulbul colonized the southeastern part of La Réunion island and became a 'common and efficient seed-disperser of alien species such as Rubus alceifolius' (C. Thebaud, unpublished data) (Macdonald et al. 1991). Cheke (1987) described the damage in the Mascarene islands caused by the introduction of a dispersal agent for a plant already present, but quiescent until the introduction of the Red-whiskered Bulbul (Wieh'e, 1946), which now spreads the ubiquitous weed Jujube tree (Cordia interrupta).</t>
         </is>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="inlineStr">
         <is>
           <t>Simberloff D. &amp; Holle B. (1999). Positive interactions of nonindigenous species: invasional meltdown? Biol. Invasions 21-32. doi:10.1023/a:1010086329619.  Cheke A.S. (1987). An ecological history of the Mascarene islands, with particular reference to extinctions and introductions of land vertebrates. In: Diamond A.W. (ed) Mascarene Islands Birds, pp 5-89. Cambridge University Press, Cambridge.</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Pycnonotus jocosus spreads plant invasives including: Brazilian Jasmine (Jasminum fluminense), Brazilian Peppertree (Schinus terebinthifolius), Bengal Fig (Ficus benghalensis) and Lantana spp.</t>
+          <t>There may be some competition with native species for resources, but the main impact is likely to be the spread of weeds. This bird has been implicated in the spread and establishment of African Olive in Western Sydney (Cuneo and Leishman 2006, NPWS 1997). It also feeds on privet (Pizzey and Knight, 1997) and Bitou Bush (Gosper, 1999). The Red-whiskered Bulbul also potentially spreads other weed species, that have soft fleshy fruits, such as Blackberry and Lantana.</t>
         </is>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
-      <c r="I17" t="s">
-        <v>41</v>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>Department of Environmental and Climate Change (NSW) (2007). Terrestrial Vertebrate Fauna of the Greater Southern Sydney Region: Volume 2 Fauna of Conservation Concern &amp; Priority Pest Species. A joint project between the Sydney Catchment Authority and the Department of Environment and Climate Change (NSW) (DECC).</t>
+        </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>A disastrous example of the introduction of a dispersal agent for a plant already present, but quiescent is provided by the explosive spread of the weed Cordia interrupta in Mauritius, following the introduction of the Red-whiskered Bulbul (Pycnonotus jocosus). This bulbul is also considered to be the principal dispersal agent of the privet.</t>
         </is>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>9</v>
       </c>
       <c r="B19" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>There may be some competition with native species for resources, but the main impact is likely to be the spread of weeds. This bird has been implicated in the spread and establishment of African Olive in Western Sydney (Cuneo and Leishman 2006, NPWS 1997). It also feeds on privet (Pizzey and Knight, 1997) and Bitou Bush (Gosper, 1999). The Red-whiskered Bulbul also potentially spreads other weed species, that have soft fleshy fruits, such as Blackberry and Lantana.</t>
+          <t>Many studies have shown that plant or bird invasions can be facilitated by native species, but few have demonstrated the possibility of a positive interaction between introduced species. We analysed the relationship between four invasive alien fleshy-fruited plants (Clidemia hirta, Rubus alceifolius, Lantana camara, Schinus terebinthifolius) and an invasive alien bird, the Red-whiskered Bulbul (Pycnonotus jocosus), introduced to Reunion island (Indian Ocean). We compared the distribution of food items in the bulbul diet according to seasons and to abundance classes of this bird. Pycnonotus jocosus is mostly frugivorous and frequently eats the main alien plants (more than 80% frequency of food items). Sites with alien species, such as Clidemia hirta, providing fruits throughout the year supported more birds than sites providing fruits, such as Schinus terebinthifolius, seasonally. The birds facilitated seed germination by removing the pulp of fruit: the final per cent germination (FG) of cleaned seeds was higher than those within the fruit for three of the four plant species and, in some cases, passage through birds significantly increased FG (Schinus terebinthifolius) or Coefficient of Velocity (CV) (Lantana camara).</t>
         </is>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
-      <c r="I20" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I20" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>