--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -47,93 +47,93 @@
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Estrilda astrild</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Grazing/herbivory/browsing</t>
+  </si>
+  <si>
     <t>MC</t>
   </si>
   <si>
+    <t>During Spring and Summer in Iberia waxbills forage mostly on grasses, while native granivorous birds forage mostly on forbs.</t>
+  </si>
+  <si>
     <t>Low</t>
   </si>
   <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of herbivory impacts.</t>
+  </si>
+  <si>
+    <t>South America</t>
+  </si>
+  <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of the competition impacts.</t>
   </si>
   <si>
     <t>Serinus serinus, Emberiza schoeniclus lusitanica, Emberiza schoeniclus witherby</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Predation</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of the predation impacts.</t>
   </si>
   <si>
-    <t>DD</t>
-[...1 lines deleted...]
-  <si>
     <t>Batalha, H.R., Ramos, J.A., Cardoso, G.C. (2013). A successful avian invasion occupies a marginal ecological niche. Acta Oecol 49:92-98.</t>
   </si>
   <si>
     <t>Serinus serinus</t>
-  </si>
-[...10 lines deleted...]
-    <t>South America</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -205,291 +205,291 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>One of the simplest ways invasive species can impact native communities is by competing for resources, for example food or nesting sites. During Spring and Summer in Iberia waxbills forage mostly on grasses while native granivorous birds forage mostly on forbs; waxbills use more agricultural areas compared to native birds (Sullivan et al. 2015), suggesting that waxbills use a differentiated food niche relative to those of native birds. Further evidence comes from comparing fodd preferences of waxbills and European serins (Serinus serinus) foraging on the same mosaic of agricultural fields (Cardoso et al., submitted). The European Serin is the most likely competitor for food with waxbills, because it is the smallest native ganivorous passerine in Iberia, it is very abundant and also forages in the low vegetation of open habitats (Clement et al. 1993). The plant species foraged upon by waxbills and serins during autumn differed substantially (probability of a feeding event by waxbills and serins coinciding on the same plant species was only 20%; Cardoso et al., submitted). In winter, when energetic stress is larger and food availability lower, if food were limiting, we would expect greater similarity in the plants used by serins and waxbills, but their diet similarity did not increase. On the contrary, both bird species fed on a more varied set of plants during winter and decreased their diet similarity (Cardoso et al., submitted). Thus, even comparing waxbills with its most similar native species in terms of foraging behaviour and foraging habitat, diets appear well differentiated. Interestingly, the differences in food use were in part because both birds, but especially waxbills, included seeds of non-native plants in their diet. Without the contribution of exotic plants, the diet similarity in autumn would be three times as high (Cardoso et al., submitted). A possible concern is that the waxbill is the ecological nearest-neighbour of the Reed Bunting (Emberiza schoeniclus), sharing some habitat and nesting preferences (Batalha et al. 2013) and the subspecies of Reed Bunting breeding in Iberia (E. s. lusitanica, E. s. witherby) are endangered and have fragmented distributions (Kvist et al. 2011). The ecological evidence reviewed here suggests that waxbills should not pose a significant threat. Most likely, rather than managing possible effects of waxbills, habitat restoration is the key to make Reed Bunting populations resilient.</t>
-[...10 lines deleted...]
-      </c>
+          <t>For example, compared to dietary habits of the native granivorous bird species most similar in size and habitat to the Common Waxbill, the European Serin (Serinus serinus), waxbills consume more seeds from non-native, non-crop plants that are associated with agricultural landscapes (Cardoso et al. 2018), suggesting that waxbills can have an adaptive advantage due to the exploitation of more diverse food sources.</t>
+        </is>
+      </c>
+      <c r="F2"/>
+      <c r="G2"/>
+      <c r="H2"/>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Cardoso, G.C., Reino, L. (2018). Ecologically benign invasions: the invasion and adaptation of Common Waxbills (Estrilda astrild) in Iberia. In: Queiroz, A.I., Pooley, S. (eds) Histories of bioinvasions in the Mediterranean. Springer Nature, pp. 149-169. https://doi.org/10.1007/978-3-319-74986-0_7</t>
+          <t>Beltrao, P., Gomes, A.C.R., Marques, C.I. et al. (2021). European breeding phenology of the invasive Common Waxbill, a sub-Saharan opportunistic breeder. Acta Ethol. 24, 197-203 (2021).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>The entire community of passerines breeding in the study area was 194 sampled for this study (Table A.1, Appendix 1), thus including for analyses five exotic passerines (Common Waxbill (Estrilda astrild), Black-rumped Waxbill (E. troglodytes), Yellow-crowned Bishop (Euplectes afer), Black-headed Weaver (Ploceus melanocephalus) and Red avadavat (Amandava amandava)) and twelve native passerines (Great Reed Warbler (Acrocephalus arundinaceus), Eurasian Reed Warbler (A. scirpaceus), European Goldfinch (Carduelis carduelis), European Greenfinch (C. chloris), Cetti's Warbler (Cettia cetti), Streaked Fantail Warbler (Cisticola juncidis), Savi's Warbler (Locustella luscinioides), Common Nightingale (Luscinia megarhynchos), House Sparrow, Spanish Sparrow (Passer hispaniolensis), European Penduline Tit (Remiz pendulinus) and European Serin (Serinus serinus)). All the exotic and native species in the sampled avian community feed their offspring with (at least some) insects, thus largely exploiting similar feeding resources during the breeding season.</t>
-[...7 lines deleted...]
-      </c>
+          <t>However, the Common Waxbill is very abundant in the habitat types of species with restricted breeding distribution in the area (e.g. Savi's Warbler, Locustella luscinioides and Reed Bunting, Emberiza schoeniclus) and our knowledge about the interaction between the exotic waxbill and indigenous species is very small.</t>
+        </is>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Sanz-Aguilar, A., Carrete, M., Edelaar, P., Potti, J., Tella, J.L. (2015). The empty temporal niche: breeding phenology differs between coexisting native and invasive birds. Biol. Invas. 2015; 17: 3275-88.</t>
+          <t>Reino, L. (2005). Variation partitioning for range expansion of an introduced species: the Common Waxbill (Estrilda astrild) in Portugal. Journal of Ornithology 146, 377-382.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
         <v>16</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4"/>
+      <c r="G4" t="s">
+        <v>17</v>
+      </c>
       <c r="H4"/>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Sanz-Aguilar, A., Carrete, M., Edelaar, P., Potti, J., Tella, J.L. (2015). The empty temporal niche: breeding phenology differs between coexisting native and invasive birds. Biol. Invas. 2015; 17: 3275-88.</t>
+          <t>Cardoso, G.C., Reino, L. (2018). Ecologically benign invasions: the invasion and adaptation of Common Waxbills (Estrilda astrild) in Iberia. In: Queiroz, A.I., Pooley, S. (eds) Histories of bioinvasions in the Mediterranean. Springer Nature, pp. 149-169. https://doi.org/10.1007/978-3-319-74986-0_7</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>We found that Common Waxbills occupy a marginal niche relative to the community of native passerines, with a larger average ecological distance to the remaining species in the community compared to the native species amongst themselves and a nearest-neighbour ecological distance identical to those of native species. Furthermore, ecological similarity did not predict co-occurence of waxbills with other bird species. This is consistent with invasion using a vacant niche in unsaturated communities, which is likely related to invading waxbills occupying partly human-modified habitats. Results also suggest that detrimental ecological effects due to interspecific competition with native passerines are unlikely.</t>
+          <t>Our models predict a larger potential distribution range than actually occupied within South America, where competitive (Peterson and Robins, 2003) or mutualistic interactions with ecomorphologically similar species of the genus Sporophila (Emberizidae) and other syntopically granivorous species (Manhaes and Loures-Ribeiro, 2005) are likely.</t>
         </is>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
-      <c r="I5" t="s">
-        <v>21</v>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Stiels, D., Schidelko, K., Engler, J.O. et al. (2011). Predicting the potential distribution of the invasive Common Waxbill, Estrilda astrild (Passeriformes: Estrildidae). Journal of Ornithology 152, 769-780. https://doi.org/10.1007/s10336-011-0662-9</t>
+        </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>We compared autumn and winter diets of the invasive Common Waxbill (Estrilda astrild) in northwest Iberia and the native bird most similar to it in foraging behaviour, the European Serin (Serinus serinus). Both birds forage for seeds in open habitats, mostly in or around agricultural areas. We found that food preferences of the two species were substantially different when foraging on the same agricultural landscape. Contrary to the prediction that food scarcity in winter would make diets more similar, the diets of waxbills and serins diverged in winter, indicating low potential for detrimental interspecific competition.</t>
+          <t>One of the simplest ways invasive species can impact native communities is by competing for resources, for example food or nesting sites. During Spring and Summer in Iberia waxbills forage mostly on grasses while native granivorous birds forage mostly on forbs; waxbills use more agricultural areas compared to native birds (Sullivan et al. 2015), suggesting that waxbills use a differentiated food niche relative to those of native birds. Further evidence comes from comparing fodd preferences of waxbills and European serins (Serinus serinus) foraging on the same mosaic of agricultural fields (Cardoso et al., submitted). The European Serin is the most likely competitor for food with waxbills, because it is the smallest native ganivorous passerine in Iberia, it is very abundant and also forages in the low vegetation of open habitats (Clement et al. 1993). The plant species foraged upon by waxbills and serins during autumn differed substantially (probability of a feeding event by waxbills and serins coinciding on the same plant species was only 20%; Cardoso et al., submitted). In winter, when energetic stress is larger and food availability lower, if food were limiting, we would expect greater similarity in the plants used by serins and waxbills, but their diet similarity did not increase. On the contrary, both bird species fed on a more varied set of plants during winter and decreased their diet similarity (Cardoso et al., submitted). Thus, even comparing waxbills with its most similar native species in terms of foraging behaviour and foraging habitat, diets appear well differentiated. Interestingly, the differences in food use were in part because both birds, but especially waxbills, included seeds of non-native plants in their diet. Without the contribution of exotic plants, the diet similarity in autumn would be three times as high (Cardoso et al., submitted). A possible concern is that the waxbill is the ecological nearest-neighbour of the Reed Bunting (Emberiza schoeniclus), sharing some habitat and nesting preferences (Batalha et al. 2013) and the subspecies of Reed Bunting breeding in Iberia (E. s. lusitanica, E. s. witherby) are endangered and have fragmented distributions (Kvist et al. 2011). The ecological evidence reviewed here suggests that waxbills should not pose a significant threat. Most likely, rather than managing possible effects of waxbills, habitat restoration is the key to make Reed Bunting populations resilient.</t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Cardoso, G.C., Rodrigues, G.C., Alves, P., Vicente, J.R. and Honrado, J.P. (2018). Naturalized plants decrease diet similarity between an invasive bird and its most similar native species. J Avian Biol, 49: e01814. https://doi.org/10.1111/jav.01814</t>
+          <t>Cardoso, G.C., Reino, L. (2018). Ecologically benign invasions: the invasion and adaptation of Common Waxbills (Estrilda astrild) in Iberia. In: Queiroz, A.I., Pooley, S. (eds) Histories of bioinvasions in the Mediterranean. Springer Nature, pp. 149-169. https://doi.org/10.1007/978-3-319-74986-0_7</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>For example, compared to dietary habits of the native granivorous bird species most similar in size and habitat to the Common Waxbill, the European Serin (Serinus serinus), waxbills consume more seeds from non-native, non-crop plants that are associated with agricultural landscapes (Cardoso et al. 2018), suggesting that waxbills can have an adaptive advantage due to the exploitation of more diverse food sources.</t>
-[...3 lines deleted...]
-      <c r="G7"/>
+          <t>The entire community of passerines breeding in the study area was 194 sampled for this study (Table A.1, Appendix 1), thus including for analyses five exotic passerines (Common Waxbill (Estrilda astrild), Black-rumped Waxbill (E. troglodytes), Yellow-crowned Bishop (Euplectes afer), Black-headed Weaver (Ploceus melanocephalus) and Red avadavat (Amandava amandava)) and twelve native passerines (Great Reed Warbler (Acrocephalus arundinaceus), Eurasian Reed Warbler (A. scirpaceus), European Goldfinch (Carduelis carduelis), European Greenfinch (C. chloris), Cetti's Warbler (Cettia cetti), Streaked Fantail Warbler (Cisticola juncidis), Savi's Warbler (Locustella luscinioides), Common Nightingale (Luscinia megarhynchos), House Sparrow, Spanish Sparrow (Passer hispaniolensis), European Penduline Tit (Remiz pendulinus) and European Serin (Serinus serinus)). All the exotic and native species in the sampled avian community feed their offspring with (at least some) insects, thus largely exploiting similar feeding resources during the breeding season.</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" t="s">
+        <v>24</v>
+      </c>
       <c r="H7"/>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Beltrao, P., Gomes, A.C.R., Marques, C.I. et al. (2021). European breeding phenology of the invasive Common Waxbill, a sub-Saharan opportunistic breeder. Acta Ethol. 24, 197-203 (2021).</t>
+          <t>Sanz-Aguilar, A., Carrete, M., Edelaar, P., Potti, J., Tella, J.L. (2015). The empty temporal niche: breeding phenology differs between coexisting native and invasive birds. Biol. Invas. 2015; 17: 3275-88.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>However, the Common Waxbill is very abundant in the habitat types of species with restricted breeding distribution in the area (e.g. Savi's Warbler, Locustella luscinioides and Reed Bunting, Emberiza schoeniclus) and our knowledge about the interaction between the exotic waxbill and indigenous species is very small.</t>
+          <t>The entire community of passerines breeding in the study area was 194 sampled for this study (Table A.1, Appendix 1), thus including for analyses five exotic passerines (Common Waxbill (Estrilda astrild), Black-rumped Waxbill (E. troglodytes), Yellow-crowned Bishop (Euplectes afer), Black-headed Weaver (Ploceus melanocephalus) and Red avadavat (Amandava amandava)) and twelve native passerines (Great Reed Warbler (Acrocephalus arundinaceus), Eurasian Reed Warbler (A. scirpaceus), European Goldfinch (Carduelis carduelis), European Greenfinch (C. chloris), Cetti's Warbler (Cettia cetti), Streaked Fantail Warbler (Cisticola juncidis), Savi's Warbler (Locustella luscinioides), Common Nightingale (Luscinia megarhynchos), House Sparrow, Spanish Sparrow (Passer hispaniolensis), European Penduline Tit (Remiz pendulinus) and European Serin (Serinus serinus)). All the exotic and native species in the sampled avian community feed their offspring with (at least some) insects, thus largely exploiting similar feeding resources during the breeding season. They also largely share the same habitats: all exotics are dependent on wetland and other damp vegetation in their native range and most native are also found in such vegetations during the breeding season (especially Acrocephalus, Cettia, Locustella, Luscinia and Remiz). Our data show that the exotic passerines studied here generally breed for more months and later in the year than native species, when overall bird abundance as well as primary production in cultivated areas (rice fields) were highest. This timing of reproduction seems to be comparable to that in their areas of origin, suggesting a conservatism of the temporal niche.</t>
         </is>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Reino, L. (2005). Variation partitioning for range expansion of an introduced species: the Common Waxbill (Estrilda astrild) in Portugal. Journal of Ornithology 146, 377-382.</t>
+          <t>Sanz-Aguilar, A., Carrete, M., Edelaar, P., Potti, J., Tella, J.L. (2015). The empty temporal niche: breeding phenology differs between coexisting native and invasive birds. Biol. Invas. 2015; 17: 3275-88.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9" t="s">
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>We found that Common Waxbills occupy a marginal niche relative to the community of native passerines, with a larger average ecological distance to the remaining species in the community compared to the native species amongst themselves and a nearest-neighbour ecological distance identical to those of native species. Furthermore, ecological similarity did not predict co-occurence of waxbills with other bird species. This is consistent with invasion using a vacant niche in unsaturated communities, which is likely related to invading waxbills occupying partly human-modified habitats. Results also suggest that detrimental ecological effects due to interspecific competition with native passerines are unlikely.</t>
+        </is>
+      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9"/>
+      <c r="I9" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>We compared autumn and winter diets of the invasive Common Waxbill (Estrilda astrild) in northwest Iberia and the native bird most similar to it in foraging behaviour, the European Serin (Serinus serinus). Both birds forage for seeds in open habitats, mostly in or around agricultural areas. We found that food preferences of the two species were substantially different when foraging on the same agricultural landscape. Contrary to the prediction that food scarcity in winter would make diets more similar, the diets of waxbills and serins diverged in winter, indicating low potential for detrimental interspecific competition.</t>
+        </is>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" t="s">
         <v>26</v>
       </c>
-      <c r="C10" t="s">
-[...12 lines deleted...]
-      <c r="H10"/>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Stiels, D., Schidelko, K., Engler, J.O. et al. (2011). Predicting the potential distribution of the invasive Common Waxbill, Estrilda astrild (Passeriformes: Estrildidae). Journal of Ornithology 152, 769-780. https://doi.org/10.1007/s10336-011-0662-9</t>
+          <t>Cardoso, G.C., Rodrigues, G.C., Alves, P., Vicente, J.R. and Honrado, J.P. (2018). Naturalized plants decrease diet similarity between an invasive bird and its most similar native species. J Avian Biol, 49: e01814. https://doi.org/10.1111/jav.01814</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>