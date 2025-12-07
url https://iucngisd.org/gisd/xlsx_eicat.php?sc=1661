--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -41,78 +41,78 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Gallus gallus</t>
   </si>
   <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>Transmission of diseases to native species</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>One article (Soos et al., 2008) provided correlative evidence that diseases carried by Red Junglefowl in the Galapagos Islands did not occur in native birds.</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of transmission of disease to native species impacts.</t>
+  </si>
+  <si>
+    <t>Baker J., Harvey K.J. &amp; French K. (2014). Threats from introduced birds to native birds. Emu 114, 1-12.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
     <t>MR</t>
-  </si>
-[...19 lines deleted...]
-    <t>Baker J., Harvey K.J. &amp; French K. (2014). Threats from introduced birds to native birds. Emu 114, 1-12.</t>
   </si>
   <si>
     <t>Spheniscus mendiculus, Phalacrocorax harrisi, Larus fuliginosus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -185,151 +185,151 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E2" t="s">
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
       </c>
       <c r="H2"/>
-      <c r="I2" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I2" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Despite some sightings on West Island in the early 2000s, none of which can be fully substantiated, recent surveys (2005) have confirmed the likely local extinction of CBBR from the Southern Atoll. Habitat modification, predationby cats, rats and humans and competition with jungle fowls (and potentially rats) have probably all contributed to this extirpation. When the Southern Atoll population became small and fragmented, it is likely that cat predation became the most potent threat.</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
         <v>14</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-        <v>17</v>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>There is no observational evidence to support the assessment. Other potential causes for the local extinction are predation by cats, rats and humans and competition with rats. When the Southern Atoll population became small and fragmented, it is likely that cat predation became the most potent threat. The impact severity might be lower.</t>
+        </is>
       </c>
       <c r="H3"/>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Soos C., Padilla L., Iglesias A., Gottdenker N., Bedon M.C., Rios A. and Parker P.G. (2008). Comparison of pathogens in broiler and backyard chickens on the Galapagos Islands: implications for transmission to wildlife. Auk 125, 445-455- doi:10.1525/auk.2008.06235.</t>
+          <t>Reid J. &amp; Hill B. (2005). Commonwealth of Australia. National Recovery Plan for the Buff-banded Rail (Cocos (Keeling) Islands), Gallirallus philippensis andrewsi. Department of the Environment and Heritage, Canberra.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Here, we characterize the disease risks to Galapagos avifauna of different types of poultry farming by comparing health status and serosurvey results between broiler and backyard chickens (Gallus gallus domesticus). Backyard chickens were more frequently diseased than broilers and were more likely to be seropositive for several pathogens (Mycoplasma gallisepticum, infectious laryngotracheitis virus, infectious bronchitis virus, avian reovirus and Marek's disease virus). Seroprevalence for other pathogens (avian paramyxovirus-1, infectious bursal disease, avian encephalomyelitis virus and avian adenovirus) was relatively high among all chickens. Preliminary serological results from wild birds revealed no evidence of previous exposure to these diseases, which suggests that transmission of disease from poultry to wildlife is currently not detectable with the sample sizes and tests employed and that wildlife are likely not the source of exposure to poultry. Our results suggest that backyard chickens may pose a greater threat to Galapagos avifauna, because they are more likely to be infectious, have a high seroprevalence for numerous pathogens and interact directly with wild birds or wild bird habitat, with no biosecurity measures employed.</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
         <v>14</v>
       </c>
-      <c r="C4" t="s">
+      <c r="G4" t="s">
         <v>15</v>
       </c>
-      <c r="D4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H4"/>
-      <c r="I4" t="s">
-        <v>19</v>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Soos C., Padilla L., Iglesias A., Gottdenker N., Bedon M.C., Rios A. and Parker P.G. (2008). Comparison of pathogens in broiler and backyard chickens on the Galapagos Islands: implications for transmission to wildlife. Auk 125, 445-455- doi:10.1525/auk.2008.06235.</t>
+        </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>This study evaluates risks posed by chicken disease to endemic and native Galapagos bird species, based on empirical evidence of pathogens present in chickens on the islands and a literature review of effects of these pathogens in wild species. Pathogens identified in domestic chicken populations of immediate avian conservation concern are Newcastle disease, Mycoplasma gallisepticum and the proventricular parasite Dispharynx sp. Newcastle disease (avian paramyxovirus-1) poses an imminent threat to Galapagos penguins (spheniscus mendiculus), Flightless cormorants (Phalacrocorax harrisi) and Lava gulls (Larus fuliginosus), species with very small population sizes (less than 1500 animals each). Additionally, litter from boiler farms could affect ecological processes in local ecosystems. Improved poultry biosecurity measures are urgently needed on the Galapagos Islands for avian disease management, yet developing these strategies presents political, social and economic challenges. Currently, avian disease surveillance programs in the Galapagos monitor wild bird populations for poultryborne and other infectious diseases. Results of these studies will guide avian disease management policies on the Galapagos Islands.</t>
+        </is>
+      </c>
+      <c r="F5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" t="s">
+      <c r="G5" t="s">
         <v>15</v>
-      </c>
-[...12 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H5" t="s">
         <v>20</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Gottdenker N.L. et al. (2005). Assessing the risks of introduced chickens and their pathogens to native birds in the Galapagos Archipelago. Biological Conservation, 126, pp.429-439.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">