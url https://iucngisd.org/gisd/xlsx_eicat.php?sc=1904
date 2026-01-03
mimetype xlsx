--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -227,51 +227,51 @@
       <c r="I2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Results of a questionnaire with local people. The answers in Trainor's work seem contradictory to each other: 6 people said fewer vipers and two the same or even more; for quail two said fewer but five the same.</t>
+          <t>Results of a questionnaire with local people. The answers in Trainor's work seem contradictory to each other: 6 people said fewer vipers and two the same or even more, for quail two said fewer but five the same.</t>
         </is>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Trainor CR (2009) Survey of a population of black-spined toad Bufo melanostictus in Timor-Leste: confirming identity, distribution, abundance and impacts of an invasive and toxic toad. Report by Charles Darwin University to AusAID, contract agreement 52294: 46.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>