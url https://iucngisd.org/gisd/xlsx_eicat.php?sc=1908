--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -41,108 +41,108 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Triturus carnifex</t>
   </si>
   <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Hybridisation</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>All populations sampled and area concerned is limited.</t>
+  </si>
+  <si>
+    <t>Triturus cristatus</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
+    <t>The presence of the genes of T. cristatus in T. carnifex demonstrates past hybridization events.</t>
+  </si>
+  <si>
+    <t>16 of 18 populations mixed</t>
+  </si>
+  <si>
+    <t>The results from sites 5-9 confirm that both T. cristatus/T. carnzjx exist at Beam Brook, that hybridization has taken place…</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Morphological study, wide range, impact level not very clear</t>
+  </si>
+  <si>
     <t>Competition</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
-    <t>Low</t>
-[...1 lines deleted...]
-  <si>
     <t>Native species affected, but maybe due to habitat changes rather than alien species</t>
   </si>
   <si>
-    <t>Triturus cristatus</t>
-[...1 lines deleted...]
-  <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>Hybridisation</t>
-[...1 lines deleted...]
-  <si>
     <t>MR</t>
   </si>
   <si>
-    <t>Medium</t>
-[...1 lines deleted...]
-  <si>
     <t>Genetic study, many populations, but not sure if impact reversible</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>All populations sampled in Western Switzerland</t>
-  </si>
-[...19 lines deleted...]
-    <t>Morphological study, wide range, impact level not very clear</t>
   </si>
   <si>
     <t>Italty</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -217,250 +217,250 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>This change in habitat may have rendered the native species less able to compete......T. carnifex has established itself in the Geneva Basin, presumably at the expense of T. cristatus....</t>
+          <t>The results confirmed that hybridization had taken place at the site of introduction (and continues to do so), and that historically limited local dispersal of both non-natives and/or hybrids had occurred sometime in the past. However, the data suggests that although dispersal of hybrids into a local satellite site may still be occuring, hybridization with native species appears limited.</t>
         </is>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Arntzen J. W., and Thorpe R. S (1999) Italian Crested Newts Triturus carnifex in the basin of Geneva: Distribution and genetic interactions with autochthonous species. Herpetologica, 55(4): 423-433.</t>
+          <t>Brede E (2015) Beam Brook revisited: a molecular study of a historically introduced non-native amphibian (Triturus carnifex) and its limited introgression into native UK Triturus cristatus populations. Amphibia-Reptilia 36(3): 287-299.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Meilink WR, Arntzen JW, van Delft JJ, Wielstra B (2015) Genetic pollution of a threatened native crested newt species through hybridization with an invasive congener in the Netherlands. Biological Conservation 184: 145-153.</t>
+          <t>Arntzen J. W., and Thorpe R. S (1999) Italian Crested Newts Triturus carnifex in the basin of Geneva: Distribution and genetic interactions with autochthonous species. Herpetologica, 55(4): 423-433.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
       </c>
       <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Dufresnes C, Pellet J, Bettinelli-Riccardi S, Thiébaud J, Perrin N, Fumagalli L (2016) Massive genetic introgression in threatened northern crested newts (Triturus cristatus) by an invasive congener (T. carnifex) in Western Switzerland. Conservation Genetics 17(4): 839-846.</t>
+          <t>Brede EG, Thorpe RS, Arntzen JW, Langton TE (2000) A morphometric study of a hybrid newt population (Triturus cristatus/T. carnifex): Beam Brook Nurseries, Surrey, UK. Biological Journal of the Linnean Society 70(4): 685-695.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>This change in habitat may have rendered the native species less able to compete......T. carnifex has established itself in the Geneva Basin, presumably at the expense of T. cristatus....</t>
+        </is>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Arntzen J. W., and Thorpe R. S (1999) Italian Crested Newts Triturus carnifex in the basin of Geneva: Distribution and genetic interactions with autochthonous species. Herpetologica, 55(4): 423-433.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>The results confirmed that hybridization had taken place at the site of introduction (and continues to do so), and that historically limited local dispersal of both non-natives and/or hybrids had occurred sometime in the past. However, the data suggests that although dispersal of hybrids into a local satellite site may still be occuring, hybridization with native species appears limited.</t>
+          <t>A genetic footprint of the native species is present in invasive populations, evidencing that the invasive locally replaced the native species. Genetic pollution is currently confined to a small area, but the possibility of further expansion cannot be excluded. Removal of genetic pollution will not be easy.</t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Brede E (2015) Beam Brook revisited: a molecular study of a historically introduced non-native amphibian (Triturus carnifex) and its limited introgression into native UK Triturus cristatus populations. Amphibia-Reptilia 36(3): 287-299.</t>
+          <t>Meilink WR, Arntzen JW, van Delft JJ, Wielstra B (2015) Genetic pollution of a threatened native crested newt species through hybridization with an invasive congener in the Netherlands. Biological Conservation 184: 145-153.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
         <v>26</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Our genetic survey revealed that the introduction of exotic T. carnifex in the Geneva area has been followed by massive introgressive hybridization and genetic replacement of the native crested newt T. cristatus across Western Switzerland.</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>29</v>
       </c>
       <c r="H7" t="s">
         <v>15</v>
       </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Brede EG, Thorpe RS, Arntzen JW, Langton TE (2000) A morphometric study of a hybrid newt population (Triturus cristatus/T. carnifex): Beam Brook Nurseries, Surrey, UK. Biological Journal of the Linnean Society 70(4): 685-695.</t>
+          <t>Dufresnes C, Pellet J, Bettinelli-Riccardi S, Thiébaud J, Perrin N, Fumagalli L (2016) Massive genetic introgression in threatened northern crested newts (Triturus cristatus) by an invasive congener (T. carnifex) in Western Switzerland. Conservation Genetics 17(4): 839-846.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>Brede EG, Thorpe RS, Arntzen JW, Langton TE (2000) A morphometric study of a hybrid newt population (Triturus cristatus/T. carnifex): Beam Brook Nurseries, Surrey, UK. Biological Journal of the Linnean Society 70(4): 685-695.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">