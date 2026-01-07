--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -210,51 +210,51 @@
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>http://www.environment.gov.au/cgi-bin/sprat/public/publicspecies.pl?taxon_id=26043 Garnett ST, Szabo JK, D. G. The Action Plan for Australian Birds 2010. CSIRO Publishing, Melbourne (2011). NSW Office of Environment &amp; Heritage (2020). Southern Boobook (Lord Howe Is. subsp.) - profile. Online. Available from: https://www.environment.nsw.gov.au/threatenedSpeciesApp/profile.aspx?id=20175. Accessed 19/05/20. O’Dwyer, T., &amp; Carlile, N. (2016). Draft Lord Howe Island Masked Owl Eradication Plan. Prepared for The Lord Howe Island Board. Available from: https://www.lhib.nsw.gov.au/sites/lordhowe/files/public/images/documents/lhib/Environment/Rodent%20Eradication/Appendix%20F%20-%20Masked%20Owl%20Package.pdf. Accessed 09/04/20. H. Mikkola (1976). Owls killing and killed by other owls and raptors in Europe. Br. Birds 69, 144–154.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Analyses of prey remains in regurgitated pellets from Females 1 and 2 together with pellets from other owls found that 72% of pellets contained remains of Black Rats Rattus rattus, 28% the remains of House Mice Mus musculus and 23% the remains of birds. The main bird species represented were the Little Shearwater Puffinus assimilis, Black-winged Petrel Pteradroma nigripennis and Sooty Tern Sterna fuscata. Remains of Sooty Terns and White Terns Gygis alba were also prominent at kill sites. Analysis of 43 fresh (intact) pellets from these locations showed that 31 contained remains of Black Rats, 12 contained remains of House Mice and 10 contained remains of birds (including Little Shearwater Puffinus assimilis, Black-winged Petrel and Sooty Tern Sterna fuscata), representing 72%, 28% and 23% of the total respectively (Table 7). Occasional House Mice skulls and bones, bones of one Flesh-footed Shearwater Ardenna carneipes, skulls and bones of several Black-winged Petrels and bones of an unidentified mammal were also found in fragmented material under other roost sites. Appendix 17: Details of Masked Owl prey items from pellets and kills collected and located during searches between July 2009 and July 2010: (table row 3) 2+ White Tern Gygis alba heads, wings and body feathers; (table row 36) Black-winged Petrel Pteradroma nigripennis feathers, feet, leg bones; (table row 29). Black Rat Rattus rattus, hair, dentary and other bones; House Mouse Mus musculus hair and other bones; Lord Howe Woodhen Gallirallus sylvestris leg and other bones; (table row 23). House Mouse Mus musculus hair, 3 skulls, dentary, leg and other bones, wings and body feathers of Buff- banded Rail Gallirallus philippensis, White Tern Gygis alba and Sooty Tern Onychoprion fuscata; (table row 45). Black Rat Rattus rattus, 1 skull, dentary, other bones; Black-winged Petrel Pteradroma nigripennis and Flesh-footed Shearwater Ardenna carneipes bones. Appendix 19: Details of Masked Owl Female 2 prey items from pellets collected between November 2009 and May 2010: (table row 2) House Mouse Mus musculus hair, 1 skull, dentary, leg and other bones; Sooty Tern Sterna fuscata bones. Individual owls such as Female 1, with home ranges containing seabird colonies, take a substantial number of breeding seabirds and their young when these are available, and terrestrial birds such as the Lord Howe Woodhen and Buff-banded Rail are also occasionally taken.</t>
+          <t>Analyses of prey remains in regurgitated pellets from Females 1 and 2 together with pellets from other owls found that 72% of pellets contained remains of Black Rats Rattus rattus, 28% the remains of House Mice Mus musculus and 23% the remains of birds. The main bird species represented were the Little Shearwater Puffinus assimilis, Black-winged Petrel Pteradroma nigripennis and Sooty Tern Sterna fuscata. Remains of Sooty Terns and White Terns Gygis alba were also prominent at kill sites. Analysis of 43 fresh (intact) pellets from these locations showed that 31 contained remains of Black Rats, 12 contained remains of House Mice and 10 contained remains of birds (including Little Shearwater Puffinus assimilis, Black-winged Petrel and Sooty Tern Sterna fuscata), representing 72%, 28% and 23% of the total respectively (Table 7). Occasional House Mice skulls and bones, bones of one Flesh-footed Shearwater Ardenna carneipes, skulls and bones of several Black-winged Petrels and bones of an unidentified mammal were also found in fragmented material under other roost sites. Appendix 17: Details of Masked Owl prey items from pellets and kills collected and located during searches between July 2009 and July 2010: (table row 3) 2+ White Tern Gygis alba heads, wings and body feathers, (table row 36) Black-winged Petrel Pteradroma nigripennis feathers, feet, leg bones (table row 29). Black Rat Rattus rattus, hair, dentary and other bones. House Mouse Mus musculus hair and other bones. Lord Howe Woodhen Gallirallus sylvestris leg and other bones (table row 23). House Mouse Mus musculus hair, 3 skulls, dentary, leg and other bones, wings and body feathers of Buff- banded Rail Gallirallus philippensis, White Tern Gygis alba and Sooty Tern Onychoprion fuscata, (table row 45). Black Rat Rattus rattus, 1 skull, dentary, other bones. Black-winged Petrel Pteradroma nigripennis and Flesh-footed Shearwater Ardenna carneipes bones. Appendix 19: Details of Masked Owl Female 2 prey items from pellets collected between November 2009 and May 2010: (table row 2) House Mouse Mus musculus hair, 1 skull, dentary, leg and other bones. Sooty Tern Sterna fuscata bones. Individual owls such as Female 1, with home ranges containing seabird colonies, take a substantial number of breeding seabirds and their young when these are available, and terrestrial birds such as the Lord Howe Woodhen and Buff-banded Rail are also occasionally taken.</t>
         </is>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Whilst the evidence for impact is empirical,  it is difficult to establish the extent and severity of predation impacts to populations of native bird species on Lord Howe. The impacts have been scored as MN but could be more severe.</t>
         </is>
       </c>
       <c r="H3" t="inlineStr" s="2">
         <is>
           <t>Pterodroma nigripennis (Black-winged petrel)
 Puffinus assimilis (Little shearwater)
 Onychoprion fuscatus (Sooty tern)
 Hypotaenidia sylvestris (Lord Howe Island woodhen)
 Gygis alba (Common white tern)
 Hypotaenidia philippensis (Buff-banded rail)
 Ardenna carneipes (Flesh-footed shearwater)
 Pterodroma solandri (Providence petrel)</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Milledge, D. (2010) Research to Inform the Eradication of the Introduced Masked Owl Population on Lord Howe Island (Draft) Report prepared by Landmark Ecological Services Pty Ltd for the Lord Howe Island Board. In: O’Dwyer, T., &amp; Carlile, N. (2016). Draft Lord Howe Island Masked Owl Eradication Plan. Prepared for The Lord Howe Island Board. Available from: https://www.lhib.nsw.gov.au/sites/lordhowe/files/public/images/documents/lhib/Environment/Rodent%20Eradication/Appendix%20F%20-%20Masked%20Owl%20Package.pdf. Accessed 09/04/20. A. J. Bester, D. Priddel, N. I. Klomp, N. Carlile, L. E. O’Neill (2007). Reproductive success of the Providence Petrel Pterodroma solandri on Lord Howe Island, Australia. Mar. Ornithol. 35, 21–28.</t>