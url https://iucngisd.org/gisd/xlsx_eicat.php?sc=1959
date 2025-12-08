--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -41,130 +41,130 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Discoglossus pictus</t>
   </si>
   <si>
-    <t>Tunisia</t>
+    <t>Spain</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
     <t>No changes observed, only niche overlap.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Spain</t>
   </si>
   <si>
     <t>Alytes obstetricans
 Epidalea calamita
 Bufo spinosus
 Hyla meridionalis
 Pelobates cultripes
 Pelodytes punctatus
 Pelophylax perezi</t>
   </si>
   <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Lab setup, multiple factors shown to be affected</t>
+  </si>
+  <si>
+    <t>Isotope study, similar resources, displacement of native resource use, impact might be higher according to text, but no data shown on that.</t>
+  </si>
+  <si>
+    <t>Epidalea calamita</t>
+  </si>
+  <si>
+    <t>Lab experiment, displacement of native species to use other resources</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>Several studies, multiple ponds studied in natural environment with different amounts of time elapsed since the invasion</t>
+  </si>
+  <si>
     <t>Italy</t>
+  </si>
+  <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>The alien species is reported to cause impacts (changes in the ecosystem), but it is unknown how much a native species is affected</t>
+  </si>
+  <si>
+    <t>Hyla intermedia</t>
+  </si>
+  <si>
+    <t>Escoriza, D (2014) Predation of Hyla intermedia egg-clutches by tadpoles of Discoglossus pictus in Sicily. Herpetology Notes 7: 575-576.</t>
+  </si>
+  <si>
+    <t>Stomach contents study, effect on native community not available, only on individuals</t>
+  </si>
+  <si>
+    <t>Epiladea calamita
+Pelodytes punctatus</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>Escoriza D, Boix D (2014) Reproductive habitat selection in alien and native populations of the genus Discoglossus. Acta Oecologica 59: 97-103.</t>
   </si>
   <si>
     <t>Discoglossus scovazzi
 Discoglossus galganoi
 Discoglossus galganoi jeanneae
 Discoglossus galganoi galganoi</t>
-  </si>
-[...44 lines deleted...]
-    <t>Several studies, multiple ponds studied in natural environment with different amounts of time elapsed since the invasion</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -239,399 +239,399 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>This analysis also revealed that, in the invaded assemblage, D. pictus showed high habitat overlap with other anuran species; it was the only group of populations whose occurrence was positively associated with species richness.</t>
+          <t>Our analysis of phenotypic traits also revealed that D. pictus had high morphological overlap with some species in the invaded assemblage, similar than with those in the native assemblage.</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="H2" t="s" s="2">
         <v>14</v>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Escoriza D, Hassine JB, Boix D (2014) Factors regulating the invasive success of an alien frog: a comparison of the ecology of the native and alien populations. Hydrobiologia 730(1): 127-138.</t>
+        </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Our analysis of phenotypic traits also revealed that D. pictus had high morphological overlap with some species in the invaded assemblage, similar than with those in the native assemblage.</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3" t="s">
         <v>13</v>
       </c>
-      <c r="H3" t="s" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3" t="inlineStr">
         <is>
           <t>Escoriza D, Hassine JB, Boix D (2014) Factors regulating the invasive success of an alien frog: a comparison of the ecology of the native and alien populations. Hydrobiologia 730(1): 127-138.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>In spite of the lower larval survival of D. pictus in the presence of both intraspecific and interspecific competition, the other sympatric species in ephemeral ponds showed greater competition effects (especially B. calamita). This interspecific asymmetric competition could make it harder for B. calamitato reach metamorphosis, especially in water-stress scenarios.</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
         <v>17</v>
       </c>
-      <c r="C4" t="s">
-[...10 lines deleted...]
-      <c r="F4"/>
       <c r="G4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H4" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="I4" t="s">
-        <v>14</v>
+      <c r="H4"/>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Richter-Boix A, Garriga N, Montori A, Franch M, San Sebastián O, Villero D, Llorente GA (2013) Effects of the non-native amphibian species Discoglossus pictus on the recipient amphibian community: niche overlap, competition and community organization. Biological Invasions 15(4): 799-815.</t>
+        </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>The similarity of the δ15N and δ13C values in the two species coupled with isotopic signal variation according to pond conditions and niche partitioning when they co-occurred indicated dietary competition. Additionally, the non-native species was located at higher levels of trophic niches than the native species and B. calamita suffered an increase in its standard ellipse area when it shared ponds with D. pictus. These results suggest niche displacement of B. calamita to non-preferred resources and greater competitive capacity of D. pictus in field conditions....The trophic spatial hierarchy may indicate the competitive interaction between the two species or a difference in the exploitation of resources by both. However, the results for SEAs (aproxy for trophic niche width) suggest a displacement of native species and support the hypothesis of competition strategy by invasive species. In all shared ponds, D. pictus was placed above B. calamita in the trophic niche representation. Moreover, an increase in the niche width of the native species was found, while D. pictus maintained the same width. The increment in SEA may be related to searching and the displacement of one species to another type of resource under the presence of a more highly competitive species, when both share diet preferences.</t>
+        </is>
+      </c>
+      <c r="F5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" t="s">
         <v>19</v>
       </c>
-      <c r="E5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>San Sebastian O, Navarro J, Llorente GA, Richter-Boix A (2015) Trophic strategies of a non-native and a native amphibian species in shared ponds. PloS one 10(6): e0130549.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Additionally, when high densities of the two species shared food resources, the feeding activity results indicated potential displacement of the native tadpoles to lowquality resources. D. pictus thus presents trophic traits that are favourable for invasion and could limit the fitness of E. calamita when resources are limited or there is a risk of pond desiccation.</t>
         </is>
       </c>
       <c r="F6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>San Sebastián O, Pujol-Buxó E, Garriga N, Richter-Boix Á, Llorente GA (2015) Differential trophic traits between invasive and native anuran tadpoles. Aquatic Invasions 10(4): 475-484.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>This analysis also revealed that, in the invaded assemblage, D. pictus showed high habitat overlap with other anuran species; it was the only group of populations whose occurrence was positively associated with species richness.</t>
-[...2 lines deleted...]
-      <c r="F7"/>
+          <t>However, segregation was progressively attained through the consumption of different items within the same trophic level when the amount of time since invasion increased. Thus, our results point that the native species no longer uses a lower trophic level after several generations of coexistence.</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
       <c r="G7" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="H7"/>
-      <c r="I7" t="s">
-[...179 lines deleted...]
-      <c r="I13" t="inlineStr" s="2">
+      <c r="I7" t="inlineStr" s="2">
         <is>
           <t>San Sebastian O, Navarro J, Llorente GA, Richter-Boix A (2015) Trophic strategies of a non-native and a native amphibian species in shared ponds. PloS one 10(6): e0130549.
 San Sebastián O, Pujol-Buxó E, Garriga N, Richter-Boix Á, Llorente GA (2015) Differential trophic traits between invasive and native anuran tadpoles. Aquatic Invasions 10(4): 475-484.
 Richter-Boix A, Garriga N, Montori A, Franch M, San Sebastián O, Villero D, Llorente GA (2013) Effects of the non-native amphibian species Discoglossus pictus on the recipient amphibian community: niche overlap, competition and community organization. Biological Invasions 15(4): 799-815.
 Pujol-Buxó E, Riaño GM, Llorente GA (2019) Stable isotopes reveal mild trophic modifications in a native–invasive competitive relationship. Biological Invasions 21(4): 1167-1177.
 Montori, A., and J. Fèlix (1981) Ecología trófica estival del sapillo pintojo Discoglossus pictus Otth en el nordeste ibérico. Treballs de la Societat Catalana d’Ictiologia i Herpetologia 2: 147–166.</t>
         </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>In March 2014, I observed the predation of eggs of Hyla intermedia by several tadpoles of Discoglossus pictus (Fig. 1A, B), in a temporary pond near Cefalù (norhern Sicily, Fig. 1C)</t>
+        </is>
+      </c>
+      <c r="F8"/>
+      <c r="G8" t="s">
+        <v>26</v>
+      </c>
+      <c r="H8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>The immature I eat principally diptera and coleptera. The immature II, coleoptera. The immature III coleoptera and araneida and the adults capture araneida, opiliones and stylomatophora principally. The first two size-classes are specialist, while immature III and adults are generalist. (Stomach samples in Iberian North-East)</t>
+        </is>
+      </c>
+      <c r="F9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" t="s">
+        <v>29</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Montori, A., and J. Fèlix (1981) Ecología trófica estival del sapillo pintojo Discoglossus pictus Otth en el nordeste ibérico. Treballs de la Societat Catalana d’Ictiologia i Herpetologia 2: 147–166.</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>We studied the potential impact of D. pictus by analysing the  degree  of  niche  overlap,  assuming  the  possible existence of competitive interactions with native species. ...In the case of B. calamita, the use of similar types of ponds, similar breeding periods (Boix et al.,2004. Montori et al.,2007) and the high degree of similarity in their bioclimatic requirements suggest that competition is a possible explanation for the observed pattern. Pianka’s index indicates that P. punctatus also has great habitat overlap with D. pictus, although the obtained C-score indicates a lack of structure in their mutual cooccurrences.</t>
+        </is>
+      </c>
+      <c r="F10"/>
+      <c r="G10" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" t="s" s="2">
+        <v>30</v>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Escoriza D, Boix D (2010) Assessing the potential impact of an invasive species on a Mediterranean amphibian assemblage: a morphological and ecological approach. Hydrobiologia 680(1): 233-245.</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>This analysis also revealed that, in the invaded assemblage, D. pictus showed high habitat overlap with other anuran species. It was the only group of populations whose occurrence was positively associated with species richness.</t>
+        </is>
+      </c>
+      <c r="F11"/>
+      <c r="G11" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>This analysis also revealed that, in the invaded assemblage, D. pictus showed high habitat overlap with other anuran species. It was the only group of populations whose occurrence was positively associated with species richness.</t>
+        </is>
+      </c>
+      <c r="F12"/>
+      <c r="G12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>This analysis also revealed that, in the invaded assemblage, D. pictus showed high habitat overlap with other anuran species. It was the only group of populations whose occurrence was positively associated with species richness.</t>
+        </is>
+      </c>
+      <c r="F13"/>
+      <c r="G13" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" t="s" s="2">
+        <v>33</v>
+      </c>
+      <c r="I13" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>