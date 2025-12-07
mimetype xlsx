--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -44,69 +44,69 @@
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Lithobates berlandieri</t>
   </si>
   <si>
     <t>U.S.A.</t>
   </si>
   <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
     <t>Transmission of disease</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Studies show the first record of Bd in L. berlandieri, however it does not directly show transmisson to local species</t>
   </si>
   <si>
     <t>Competition</t>
-  </si>
-[...4 lines deleted...]
-    <t>Predation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -179,166 +179,166 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="inlineStr" s="2">
-[...10 lines deleted...]
-      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>The establishment of R. berlandieri in two major rivers in Arizona has future implications, including: 1) continued dispersal into suitable habitat in Arizona, California and Mexico and 2) impact on native fauna, especially leopard frogs. R. berlandieri is a rather large leopard frog and in Texas stomach contents of adult specimens frequently contained small leopard frogs (JEP, unpubl. data) and 2) larger species of leopard frogs are capable of producing larger egg masses. If these two factors are among the critical ones, then smaller species may suffer both in terms of predation and reproductive competition from R. berlandieri.</t>
+        </is>
+      </c>
+      <c r="F2"/>
+      <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Lovich R, Ryan MJ, Pessier AP, Claypool B (2008) Infection with the fungus Batrachochytrium dendrobatidis in a non-native Lithobates berlandieri below sea level in the Coachella Valley, California, USA. Herp Rev 39: 315-317.</t>
+          <t>Platz JE, Clarkson RW, Rorabaugh JC, Hillis DM (1990) Rana berlandieri: Recently introduced populations in Arizona and southeastern California. Copeia 1990 (2): 324-333.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>The establishment of R. berlandieri in two major rivers in Arizona has future implications, including: 1) continued dispersal into suitable habitat in Arizona, California and Mexico; and 2) impact on native fauna, especially leopard frogs. R. berlandieri is a rather large leopard frog and in Texas stomach contents of adult specimens frequently contained small leopard frogs (JEP, unpubl. data); and 2) larger species of leopard frogs are capable of producing larger egg masses. If these two factors are among the critical ones, then smaller species may suffer both in terms of predation and reproductive competition from R. berlandieri.</t>
+          <t>The establishment of R. berlandieri in two major rivers in Arizona has future implications, including: 1) continued dispersal into suitable habitat in Arizona, California and Mexico and 2) impact on native fauna, especially leopard frogs. R. berlandieri is a rather large leopard frog and in Texas stomach contents of adult specimens frequently contained small leopard frogs (JEP, unpubl. data) and 2) larger species of leopard frogs are capable of producing larger egg masses. If these two factors are among the critical ones, then smaller species may suffer both in terms of predation and reproductive competition from R. berlandieri.</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="inlineStr">
         <is>
           <t>Platz JE, Clarkson RW, Rorabaugh JC, Hillis DM (1990) Rana berlandieri: Recently introduced populations in Arizona and southeastern California. Copeia 1990 (2): 324-333.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="inlineStr" s="2">
+        <is>
+          <t>Individuals from established populations of the introduced frog species L. catesbeianus and L. berlandieri in the southwestern United States have been reported to be infected with Bd (Sredl 2002). Consequently, the concern now is that infected individuals from these populations, and other undiagnosed populations, may serve as vectors for Bd to naïve populations of native frog. This observation of Bd infection is notable for several reasons.
+First, it represents the first record of Bd in L. berlandieri in California. Lithobates berlandieri is expanding its range in the deserts of the American southwest (Rorabaugh et al. 2002), and also occurs in sympatry with other native aquatic amphibian species such as Anaxyrus punctatus, A. woodhousei, and A. alvarius, Pseudacris hypochondriaca (pers. obs.).</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>16</v>
       </c>
-      <c r="E4" t="inlineStr">
-[...5 lines deleted...]
-      <c r="G4"/>
       <c r="H4"/>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Platz JE, Clarkson RW, Rorabaugh JC, Hillis DM (1990) Rana berlandieri: Recently introduced populations in Arizona and southeastern California. Copeia 1990 (2): 324-333.</t>
+          <t>Lovich R, Ryan MJ, Pessier AP, Claypool B (2008) Infection with the fungus Batrachochytrium dendrobatidis in a non-native Lithobates berlandieri below sea level in the Coachella Valley, California, USA. Herp Rev 39: 315-317.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>The establishment of R. berlandieri in two major rivers in Arizona has future implications, including: 1) continued dispersal into suitable habitat in Arizona, California and Mexico; and 2) impact on native fauna, especially leopard frogs. R. berlandieri is a rather large leopard frog and in Texas stomach contents of adult specimens frequently contained small leopard frogs (JEP, unpubl. data); and 2) larger species of leopard frogs are capable of producing larger egg masses. If these two factors are among the critical ones, then smaller species may suffer both in terms of predation and reproductive competition from R. berlandieri.</t>
+          <t>The establishment of R. berlandieri in two major rivers in Arizona has future implications, including: 1) continued dispersal into suitable habitat in Arizona, California and Mexico and 2) impact on native fauna, especially leopard frogs. R. berlandieri is a rather large leopard frog and in Texas stomach contents of adult specimens frequently contained small leopard frogs (JEP, unpubl. data) and 2) larger species of leopard frogs are capable of producing larger egg masses. If these two factors are among the critical ones, then smaller species may suffer both in terms of predation and reproductive competition from R. berlandieri.</t>
         </is>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="inlineStr">
         <is>
           <t>Platz JE, Clarkson RW, Rorabaugh JC, Hillis DM (1990) Rana berlandieri: Recently introduced populations in Arizona and southeastern California. Copeia 1990 (2): 324-333.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>The establishment of R. berlandieri in two major rivers in Arizona has future implications, including: 1) continued dispersal into suitable habitat in Arizona, California and Mexico; and 2) impact on native fauna, especially leopard frogs. R. berlandieri is a rather large leopard rog and in Texas stomach contents of adult specimens frequently contained small leopard frogs (JEP, unpubl. data); and 2) larger speciesof leopard frogs are capable of producing larger egg masses. If these two factors are among the critical ones, then smaller species may suffer both in terms of predation and reproductive competition from R. berlandieri.</t>
+          <t>The establishment of R. berlandieri in two major rivers in Arizona has future implications, including: 1) continued dispersal into suitable habitat in Arizona, California and Mexico and 2) impact on native fauna, especially leopard frogs. R. berlandieri is a rather large leopard frog and in Texas stomach contents of adult specimens frequently contained small leopard frogs (JEP, unpubl. data) and 2) larger species of leopard frogs are capable of producing larger egg masses. If these two factors are among the critical ones, then smaller species may suffer both in terms of predation and reproductive competition from R. berlandieri.</t>
         </is>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6" t="inlineStr">
         <is>
           <t>Platz JE, Clarkson RW, Rorabaugh JC, Hillis DM (1990) Rana berlandieri: Recently introduced populations in Arizona and southeastern California. Copeia 1990 (2): 324-333.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>