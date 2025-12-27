--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -59,78 +59,78 @@
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Ichthyosaura alpestris</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Transmission of disease</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Disease agent present, but not known if transmitted to native species.</t>
   </si>
   <si>
     <t>Not specified</t>
   </si>
   <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>Unpublished data, population level impacts on native species have not been assessed. Impacts could be more severe.</t>
+  </si>
+  <si>
+    <t>Anura spp.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Unpublished data. Disease agent present, but not known if transmitted to native species</t>
   </si>
   <si>
-    <t>Spain</t>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Report claims impacts on native populations, but they were not demonstrated in the study</t>
   </si>
   <si>
     <t>France</t>
-  </si>
-[...13 lines deleted...]
-    <t>Anura spp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -205,225 +205,225 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Bell et al. (2004) suggested that the progressive northward declines of Archey’s frog populations in Coromandel over 1996–2001 might indicate a spreading pathogen, with an average spread rate of about 12 km per year. If the principal causal factor for those declines was Bd, this suggests that the pathogen was in Coromandel by late 1996, with the first recorded decline near Tapu, even though chytridiomycosis was not identified in New Zealand until 1999–2000 (Waldman et al. 2001) and not in Coromandel until 2001 (Bell et al. 2004). There remains the possibility that the frog’s decline may even have coincided with the nearby introduction of the alpine newt, although this requires closer investigation, particularly as Bd also occurs in introduced Litoria frog populations (Waldman et al. 2001; Shaw et al. 2013), including green and golden bell frogs local to the Coromandel area (Bell 1982a).</t>
+          <t>Bell et al. (2004) suggested that the progressive northward declines of Archey’s frog populations in Coromandel over 1996–2001 might indicate a spreading pathogen, with an average spread rate of about 12 km per year. If the principal causal factor for those declines was Bd, this suggests that the pathogen was in Coromandel by late 1996, with the first recorded decline near Tapu, even though chytridiomycosis was not identified in New Zealand until 1999–2000 (Waldman et al. 2001) and not in Coromandel until 2001 (Bell et al. 2004). There remains the possibility that the frog’s decline may even have coincided with the nearby introduction of the alpine newt, although this requires closer investigation, particularly as Bd also occurs in introduced Litoria frog populations (Waldman et al. 2001. Shaw et al. 2013), including green and golden bell frogs local to the Coromandel area (Bell 1982a).</t>
         </is>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Bell B.D (2016) A review of potential alpine newt (Ichthyosaura alpestris) impacts on native frogs in New Zealand. Journal of the Royal Society of New Zealand 46(3-4): 214-231.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Alpine newts have been observed preying on native anuran egg clutches and amphibian larvae and infection with B. dendrobatidis have been detected in adult and larvae (J. Bosch, unpublished data).</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" t="inlineStr" s="2">
+        <is>
+          <t>Palomar G, Vörös J, Bosch J (2017) Tracking the introduction history of Ichthyosaura alpestris in a protected area of Central Spain. Conservation Genetics 18(4): 867-76. 
+Bell B.D (2016) A review of potential alpine newt (Ichthyosaura alpestris) impacts on native frogs in New Zealand. Journal of the Royal Society of New Zealand 46(3-4): 214-231.</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>11</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="inlineStr" s="2">
+      <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="inlineStr" s="2">
         <is>
           <t>Table 1 – Introduced amphibian species known to carry Batrachochytrium dendrobatidis infections. References are evidence of infections. 
 In addition, in 2007, a small number of introduced alpine newts (Triturus alpestris) in Canterbury, Kent tested positive for Bd infection at the IoZ. Like the North American bullfrog, this species of newt is known to be a silent carrier of Bd.</t>
         </is>
       </c>
-      <c r="F3" t="s">
+      <c r="F4" t="s">
         <v>13</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
         <v>15</v>
       </c>
-      <c r="I3" t="inlineStr" s="2">
+      <c r="I4" t="inlineStr" s="2">
         <is>
           <t>Fisher MC, Garner TW (2017) The relationship between the emergence of Batrachochytrium dendrobatidis, the international trade in amphibians and introduced amphibian species. Fungal Biology Reviews 21 (1): 2-9. 
 Cunningham AA, Minting P (2008) National survey of Batrachochytrium dendrobatidis infection in UK amphibians. Final report </t>
         </is>
       </c>
     </row>
-    <row r="4">
-[...31 lines deleted...]
-    </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>MPI (2013, 2014b) concluded that alpine newts are voracious predators, also adding that they feed on a variety of things, including amphibian and fish eggs and larvae, aquatic invertebrates and small vertebrates, and that ‘this makes them a high risk to New Zealand’s already endangered native frogs, which would be placed under further threat from newts’ (MPI 2014b, p. 1).</t>
+        </is>
+      </c>
+      <c r="F5"/>
       <c r="G5" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="H5"/>
       <c r="I5" t="inlineStr">
         <is>
-          <t>Arntzen JW, King TM, Denoël M, Martínez-Solano I, Wallis GP (2016) Provenance of Ichthyosaura alpestris (Caudata: Salamandridae) introductions to France and New Zealand assessed by mitochondrial DNA analysis. The Herpetological Journal 26(1): 49-56.</t>
+          <t>Bell B.D (2016) A review of potential alpine newt (Ichthyosaura alpestris) impacts on native frogs in New Zealand. Journal of the Royal Society of New Zealand 46(3-4): 214-231.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
         <v>21</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>MPI (2013, 2014b) concluded that alpine newts are voracious predators, also adding that they feed on a variety of things, including amphibian and fish eggs and larvae, aquatic invertebrates and small vertebrates, and that ‘this makes them a high risk to New Zealand’s already endangered native frogs, which would be placed under further threat from newts’ (MPI 2014b, p. 1).</t>
-[...2 lines deleted...]
-      <c r="F6"/>
+          <t>Alpine newts have been observed preying on native anuran egg clutches and amphibian larvae and infection with B. dendrobatidis have been detected in adult and larvae (J. Bosch, unpublished data).</t>
+        </is>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
       <c r="G6" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Bell B.D (2016) A review of potential alpine newt (Ichthyosaura alpestris) impacts on native frogs in New Zealand. Journal of the Royal Society of New Zealand 46(3-4): 214-231.</t>
+          <t>Palomar, G., Vörös, J. and Bosch, J (2017) Tracking the introduction history of Ichthyosaura alpestris in a protected area of Central Spain. Conservation Genetics 18(4): 867-876.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="E7"/>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-Bell B.D (2016) A review of potential alpine newt (Ichthyosaura alpestris) impacts on native frogs in New Zealand. Journal of the Royal Society of New Zealand 46(3-4): 214-231.</t>
+        <v>15</v>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Arntzen JW, King TM, Denoël M, Martínez-Solano I, Wallis GP (2016) Provenance of Ichthyosaura alpestris (Caudata: Salamandridae) introductions to France and New Zealand assessed by mitochondrial DNA analysis. The Herpetological Journal 26(1): 49-56.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>