--- v0 (2025-11-02)
+++ v1 (2026-03-04)
@@ -44,66 +44,66 @@
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Fejervarya kawamurai</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
     <t>Predation</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Stomach contents not identified to species</t>
-  </si>
-[...4 lines deleted...]
-    <t>DD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -175,86 +175,86 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>We collected 119 individuals of F. kawamurai... Of all specimens, 108 (90.8%) had stomach contents (total 395 individual prey consumed) that included various small animals. Arthropods comprised 84.0% of the diet… Our results also indicated that F. kawamurai preferred ants (Table 1).</t>
-[...7 lines deleted...]
-      </c>
+          <t>A native frog, Glandirana rugosa, is distributed in the Kanto region including at the field site (Matsui and Maeda, 2018. Osawa and Katsuno, 1998). A previous study showed that G. rugosa strongly depends on ants as a food resource (Hirai and Matsui, 2000). Our results also indicated that F. kawamurai preferred ants (Table 1). Therefore, our results and the previous study suggest that the invasive frog, F. kawamurai, might influence the ecosystem by competing for food with native frogs such as G. rugosa.</t>
+        </is>
+      </c>
+      <c r="F2"/>
+      <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="inlineStr">
         <is>
           <t>Takeuchi H, Hojo T, Kajino M, Tosano N (2019) Feeding Habits of the Japanese Rice Frog, Fejervarya kawamurai, as an Invasive Species. Current Herpetology 38(2): 187-189.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>We collected 119 individuals of F. kawamurai... Of all specimens, 108 (90.8%) had stomach contents (total 395 individual prey consumed) that included various small animals. Arthropods comprised 84.0% of the diet… Our results also indicated that F. kawamurai preferred ants (Table 1).</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="D3" t="s">
+      <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="E3" t="inlineStr">
-[...5 lines deleted...]
-      <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="inlineStr">
         <is>
           <t>Takeuchi H, Hojo T, Kajino M, Tosano N (2019) Feeding Habits of the Japanese Rice Frog, Fejervarya kawamurai, as an Invasive Species. Current Herpetology 38(2): 187-189.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>