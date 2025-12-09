--- v0 (2025-10-24)
+++ v1 (2025-12-09)
@@ -44,60 +44,60 @@
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Litoria fallax</t>
   </si>
   <si>
     <t>Guam</t>
   </si>
   <si>
+    <t>Indirect impacts through interactions with other species</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Not specified</t>
+  </si>
+  <si>
     <t>Predation</t>
-  </si>
-[...7 lines deleted...]
-    <t>Indirect impacts through interactions with other species</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -169,80 +169,80 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>''There are no native amphibian species on Guam, so an obvious ecological consequence of their invasion is a reduction in invertebrate abundance and diversity (Stewart and Woolbright 1996, Beard et al. 2003).''</t>
+          <t>''By providing additional food sources for the brown tree snake (Boiga irregularis), anuran introductions have increased the chance that B. irregularis might substantially increase in numbers''</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Christy MT, Clark CS, Gee DE, Vice D, Vice DS, Warner MP, Tyrrell CL, Rodda GH, Savidge JA (2007) Recent records of alien anurans on the Pacific Island of Guam. Pacific Science 61 (4): 469-483.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>''By providing additional food sources for the brown tree snake (Boiga irregularis), anuran introductions have increased the chance that B. irregularis might substantially increase in numbers''</t>
+          <t>''There are no native amphibian species on Guam, so an obvious ecological consequence of their invasion is a reduction in invertebrate abundance and diversity (Stewart and Woolbright 1996, Beard et al. 2003).''</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Christy MT, Clark CS, Gee DE, Vice D, Vice DS, Warner MP, Tyrrell CL, Rodda GH, Savidge JA (2007) Recent records of alien anurans on the Pacific Island of Guam. Pacific Science 61 (4): 469-483.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>