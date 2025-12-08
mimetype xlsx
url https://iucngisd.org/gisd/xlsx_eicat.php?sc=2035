--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -50,96 +50,96 @@
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Anser indicus</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Grazing/herbivory/browsing</t>
+  </si>
+  <si>
+    <t>Gates, N. et al. Bar-headed Goose. GB Non-native Species Secretariat.</t>
+  </si>
+  <si>
+    <t>Hybridisation</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>The evidence is anecdotal.</t>
+  </si>
+  <si>
+    <t>Anser cygnoides</t>
+  </si>
+  <si>
+    <t>Chemical Impact on ecosystem</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Along with other introduced wildfowl, A. indicus add to the trampling and fouling of amenity grasslands and to the eutrophication of park lakes.</t>
+  </si>
+  <si>
+    <t>The evidence is anecdotal and no assessment of severity is provided. Impacts could be more severe than MC.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Anser anser</t>
+  </si>
+  <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>Hybridisation</t>
-[...16 lines deleted...]
-  <si>
     <t>The evidence is anecdotal</t>
-  </si>
-[...22 lines deleted...]
-    <t>Germany</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -237,258 +237,258 @@
       <c r="E2" t="inlineStr">
         <is>
           <t>It is predicted that this species, if it can assemble several flocks or semi-colonies large enough to stimulate breeding behaviour, then Bar-headed Goose will begin to emulate Canada Goose in Europe. As an aggressive, semi-colonial and fiercely-territorial species, it will likely present a threat to other, mostly  smaller waterbirds which breed in marshy habitat.</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="inlineStr">
         <is>
           <t>Blair, M.J., McKay, H., Musgrove A.J. &amp; Rehfisch, M.M. (2000). Review of the Status of Introduced  Non-Native Waterbird Species  in the Agreement Area of the  African-Eurasian Waterbird Agreement Research Contract CR0219, British Trust for Ornithology</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>At present, due to the small numbers and scattered distribution of the feral population, this species is not having a major deleterious environmental impact. However, if it becomes more common and widespread it could have similar impacts to Canada geese: damage to amenity grasslands, pastures and crops through grazing and trampling. Droppings could pose a health and safety risk to humans.</t>
+        </is>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3" t="s">
         <v>15</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Introduced A. indicus interbreed readily with other geese, including other introduced species such as the swan goose A. cygnoides but, as far as is known, do not produce fertile hybrids.</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
-[...13 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>20</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Banks, A.N. et al., (2008). BTO Research Report No. 489. Review of the Status of Introduced Non-Native Waterbird Species in the Area of the African-Eurasian Waterbird Agreement: 2007</t>
+          <t>CABI.  (2009). Invasive species compendium. Datasheet report for Anser indicus (bar-headed goose). Available at: https://www.cabi.org/isc/datasheet/94089#toimpactEnvironmental</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="H5"/>
       <c r="I5" t="inlineStr">
         <is>
           <t>CABI.  (2009). Invasive species compendium. Datasheet report for Anser indicus (bar-headed goose). Available at: https://www.cabi.org/isc/datasheet/94089#toimpactEnvironmental</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
-[...55 lines deleted...]
-      <c r="E8" t="inlineStr" s="2">
+        <v>17</v>
+      </c>
+      <c r="E6" t="inlineStr" s="2">
         <is>
           <t>It has hybridized in captivity with eight Anatidae species, and as an escape with feral geese, resident  
 Greylag Goose A. anser  (to the second hybrid generation in Germany) and with other wild-living  
 introductions, particularly Canada Goose Branta canadensis, not uncommon events in Germany, and 
 possibly UK.</t>
         </is>
       </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" t="s">
+        <v>26</v>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Blair, M.J., McKay, H., Musgrove A.J. &amp; Rehfisch, M.M. (2000). Review of the Status of Introduced  Non-Native Waterbird Species  in the Agreement Area of the  African-Eurasian Waterbird Agreement Research Contract CR0219, British Trust for Ornithology</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Introduced Bar-headed Geese have hybridised with Greylag Geese in Germany, The Netherlands and the UK, and in Italy they have hybridised with Barnacle Goose and Snow Goose in “semi-captive” conditions.</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" t="s">
+        <v>26</v>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Banks, A.N. et al., (2008). BTO Research Report No. 489. Review of the Status of Introduced Non-Native Waterbird Species in the Area of the African-Eurasian Waterbird Agreement: 2007.</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Introduced Bar-headed Geese have hybridised with Greylag Geese in Germany, The Netherlands and the UK, and in Italy they have hybridised with Barnacle Goose and Snow Goose in “semi-captive” conditions.</t>
+        </is>
+      </c>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H8" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Blair, M.J., McKay, H., Musgrove A.J. &amp; Rehfisch, M.M. (2000). Review of the Status of Introduced  Non-Native Waterbird Species  in the Agreement Area of the  African-Eurasian Waterbird Agreement Research Contract CR0219, British Trust for Ornithology</t>
+          <t>Banks, A.N. et al., (2008). BTO Research Report No. 489. Review of the Status of Introduced Non-Native Waterbird Species in the Area of the African-Eurasian Waterbird Agreement: 2007</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Introduced Bar-headed Geese have hybridised with Greylag Geese in Germany, The Netherlands and the UK, and in Italy they have hybridised with Barnacle Goose and Snow Goose in “semi-captive” conditions.</t>
+        </is>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
         <v>28</v>
       </c>
-      <c r="C9" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Banks, A.N. et al., (2008). BTO Research Report No. 489. Review of the Status of Introduced Non-Native Waterbird Species in the Area of the African-Eurasian Waterbird Agreement: 2007.</t>
+          <t>Banks, A.N. et al., (2008). BTO Research Report No. 489. Review of the Status of Introduced Non-Native Waterbird Species in the Area of the African-Eurasian Waterbird Agreement: 2007</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>