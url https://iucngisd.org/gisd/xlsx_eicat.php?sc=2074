--- v0 (2025-11-01)
+++ v1 (2025-12-14)
@@ -41,114 +41,114 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Callipepla californica</t>
   </si>
   <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Grazing/herbivory/browsing</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of herbivory impacts.</t>
+  </si>
+  <si>
+    <t>Vicia spp., Cyperus spp.</t>
+  </si>
+  <si>
     <t>U.S.A.</t>
   </si>
   <si>
+    <t>Schwartz, C. W. and Schwartz, R. E. (1950). The California Quail in Hawaii, The Auk, Volume 67, Issue 1, 1 January, Pages 1-38, https://doi.org/10.2307/4080767</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Carmichaelia sp.</t>
+  </si>
+  <si>
     <t>Indirect impacts through interactions with other species</t>
   </si>
   <si>
-    <t>DD</t>
+    <t>Lever, C. (2005). Naturalized Birds of the World. Bloomsbury, London.</t>
+  </si>
+  <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts.</t>
+  </si>
+  <si>
+    <t>Lepisoptera sp., Caelifera sp., Nysius huttoni, Staphylinidae sp.</t>
   </si>
   <si>
     <t>California Quail in the Hawaiian Islands have been implicated in the spread of various exotic grasses, herbs and shrubs.</t>
   </si>
   <si>
-    <t>Lever, C. (2005). Naturalized Birds of the World. Bloomsbury, London.</t>
-[...17 lines deleted...]
-    <t>Lepisoptera sp., Caelifera sp., Nysius huttoni, Staphylinidae sp.</t>
+    <t>Arthropod sp., Dichropus araucanus</t>
   </si>
   <si>
     <t>Lepidoptera sp., Hemiptera sp., Coleoptera sp.</t>
-  </si>
-[...28 lines deleted...]
-    <t>Carmichaelia sp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -218,302 +218,302 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-        <v>13</v>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Department biosecurity officer Glen Coupar said California Quail were prohibited in Western Australia, because they had potential to establish populations in the wild and become an agricultural and environmental pest. ''California Quail can damage grape and grain crops and can compete with native quail for food and nesting sites'' Mr. Coupar said.</t>
+        </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
-      <c r="I2" t="s">
-        <v>14</v>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Thomson, J. and Broad, M. (2017). California Quail pest detected in Perth Hills, Department of Primary Industries and Regional Development's Agriculture and Food. Available at: https://www.agric.wa.gov.au/news/media-releases/california-quail-pest-detected-perth-hills</t>
+        </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>The diet of the California Quail (Callipepla californica) was determined following analysis of the contents of the crop and muscular stomach of 124 individuals captured in Nuble province, VIII Region of Chile during the summer of 1995 (N = 96) and the winter of 1999-2001 (N = 28). In summer, 35 different types of seeds were observed, of which Vicia spp., Lolium spp., Triticum spp., Cyperus spp., Echium vulgare and Silene gallica were the predominant seeds and represented more than 50% of the total weight of the diet. Arthropods represented 0.16% of the stomach contents, of which the most important was Dichropus araucanus (Araucan Lobster). In winter, 25 different seed species were observed, of them Convolvulus arvensis and Acacia spp. were up to 44% of the total weight of the diet. Weed seeds represent the largest component of the California Quail diet, followed by agricultural seeds and then native seeds, The differences in seasonal diet are discussed with comparisons to data for the same species from other regions.</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
       </c>
-      <c r="G3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Caithness, T.A., Fitzgerald A.E. and Jansen, P. (1989). The foods of California Quails in Kaingaroa State Forest. Science &amp; Research Directorate, Department of Conservation.</t>
+          <t>Gonzalez-Acuna D., Riquelme-Salasar P., Cruzatt-Molina J., Lopez-Sepulveda P., Moreno-Salas L., Figueroa-Rojas R. (2013). Diet of the California Quail (Callipepla californica) in Agricultural Areas of South Central Chile de Chile. Rev CientFCV-LUZ. 2013;23:312-7.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>An analysis of 145 crops showed 67 species of plants and 26 animal items utilized as food. Seeds and browse comprised the major food types and varied by vegetation zone in accordance with their availability and that of water. Animal matter occurred in relatively small amounts in the dietary. Foods of chicks and grown birds were generally the same species. Grit occurred only in gizzards and the amount of grit varied directly with the amount of browse. Feeding is casual throughout the day until mid-afternoon when an intensive feeding period takes place until dusk.</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
         <v>16</v>
       </c>
-      <c r="D4" t="s">
+      <c r="G4" t="s">
         <v>17</v>
       </c>
-      <c r="E4" t="inlineStr">
-[...12 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Of the 43 identified species, 8 (broom, lotus, white clover, scotch thistle, hawksbeard, catsear, dandelion and sheep's sorrel) featured prominently in the diet because they were taken regularly throughout the year as either leaf, flower, seed-head or seed, according generally to each species' annual phenology. Lotus and sheep's sorrel were particularly important, in combination, in the diet excluding their seeds, they jointly made up 31% of the total vegetative intake. Excluding scotch thistle, which was taken only as seed, the above species made up 68% of that vegetative material which could be identified. While native plants are not generally distributed throughout the forest, some were occasionally taken by quail.</t>
+        </is>
+      </c>
+      <c r="F5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="G5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
-          <t>Gonzalez-Acuna D., Riquelme-Salasar P., Cruzatt-Molina J., Lopez-Sepulveda P., Moreno-Salas L., Figueroa-Rojas R. (2013). Diet of the California Quail (Callipepla californica) in Agricultural Areas of South Central Chile de Chile. Rev CientFCV-LUZ. 2013;23:312-7.</t>
+          <t>Caithness, T.A., Fitzgerald A.E. and Jansen, P. (1989). The foods of California Quails in Kaingaroa State Forest. Science &amp; Research Directorate, Department of Conservation.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Department biosecurity officer Glen Coupar said California Quail were prohibited in Western Australia, because they had potential to establish populations in the wild and become an agricultural and environmental pest. ''California Quail can damage grape and grain crops and can compete with native quail for food and nesting sites'' Mr. Coupar said.</t>
+          <t>As early as 1913, California Quail had become an agricultural pest in some parts of New Zealand, where they ate young clover plants and seeds and newly sown and geminating turnip seeds forty years later they were reported to be damaging grape and strawberry crops. They were also accused of spreading the seeds of Blackberry (Rubus fruticosa), which was probably introduced by the early settlers.</t>
         </is>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
-      <c r="I6" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I6" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Insects were relatively unimportant in volumetric terms, constituting only 4-8% of total food in summer and mid-autumn. Caterpillar larvae, grasshoppers, the small plant bug Nysius huttoni and staphylinid beetles were the insects most frequently taken.</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" t="s">
         <v>27</v>
       </c>
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>28</v>
       </c>
-      <c r="E7" t="inlineStr">
-[...12 lines deleted...]
-      </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Gonzalez-Acuna D., Riquelme-Salasar P., Cruzatt-Molina J., Lopez-Sepulveda P., Moreno-Salas L., Figueroa-Rojas R. (2013). Diet of the California Quail (Callipepla californica) in Agricultural Areas of South Central Chile de Chile. Rev CientFCV-LUZ. 2013;23:312-7.</t>
+          <t>Caithness, T.A., Fitzgerald A.E. and Jansen, P. (1989). The foods of California Quails in Kaingaroa State Forest. Science &amp; Research Directorate, Department of Conservation.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
-[...9 lines deleted...]
-      <c r="G8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>29</v>
       </c>
+      <c r="F8"/>
+      <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>The diet of the California Quail (Callipepla californica) was determined following analysis of the contents of the crop and muscular stomach of 124 individuals captured in Nuble province, VIII Region of Chile during the summer of 1995 (N = 96) and the winter of 1999-2001 (N = 28). Arthropods represented 0.16% of the stomach contents, of which the most important was Dichropus araucanus (Araucan Lobster). The differences in seasonal diet are discussed with comparisons to data for the same species from other regions.</t>
+        </is>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Caithness, T.A., Fitzgerald A.E. and Jansen, P. (1989). The foods of California Quails in Kaingaroa State Forest. Science &amp; Research Directorate, Department of Conservation.</t>
+          <t>Gonzalez-Acuna D., Riquelme-Salasar P., Cruzatt-Molina J., Lopez-Sepulveda P., Moreno-Salas L., Figueroa-Rojas R. (2013). Diet of the California Quail (Callipepla californica) in Agricultural Areas of South Central Chile de Chile. Rev CientFCV-LUZ. 2013;23:312-7.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>As early as 1913, California Quail had become an agricultural pest in some parts of New Zealand, where they ate young clover plants and seeds and newly sown and geminating turnip seeds forty years later they were reported to be damaging grape and strawberry crops. They were also accused of spreading the seeds of Blackberry (Rubus fruticosa), which was probably introduced by the early settlers.</t>
-[...4 lines deleted...]
-      <c r="H10"/>
+          <t>An analysis of 145 crops showed 67 species of plants and 26 animal items utilized as food. Animal matter occurred in relatively small amounts in the dietary. Insects (e.g. Lepidoptera, Hemiptera, Coleoptera) were eaten in approximately equal amounts by both sexes from March through November, which period includes a large portion of the breeding season.</t>
+        </is>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" t="s">
+        <v>31</v>
+      </c>
       <c r="I10" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>