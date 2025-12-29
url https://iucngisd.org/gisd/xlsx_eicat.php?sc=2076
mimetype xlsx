--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -71,78 +71,78 @@
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>There is observational evidence to support the assessment.</t>
   </si>
   <si>
     <t>Zostera muelleri</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
     <t>Marchant, J. (2012). Black Swan, Cygnus atratus. GB Non-native species secretariat.</t>
   </si>
   <si>
+    <t>Hybridisation</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>There is no observational evidence to support the assessment.</t>
+  </si>
+  <si>
+    <t>Cygnus olor</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Nitella hookeri</t>
+  </si>
+  <si>
+    <t>Indirect impacts through interactions with other species</t>
+  </si>
+  <si>
+    <t>Text is speculative: 'indirect effects of the swans on the plants through nutrient recycling and bioturbation are also unlikely to have been important'.</t>
+  </si>
+  <si>
     <t>Netherlands</t>
-  </si>
-[...25 lines deleted...]
-    <t>Text is speculative: 'indirect effects of the swans on the plants through nutrient recycling and bioturbation are also unlikely to have been important'.</t>
   </si>
   <si>
     <t>Chemical impact on ecosystem</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Impact: competition with native water bird species.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
@@ -271,249 +271,249 @@
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Breeding Black Swans are aggressive and may reduce the opportunities for native waterfowl, especially Mute Swan, to nest nearby. On occasion, Black and Mute Swans will hybridise.</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Black Swans are capable of travelling substantial distances and may colonize valuable habitats or protected areas in the Netherlands. However, high population densities are unlikely because of climatic and ecological conditions and the ecological impacts are probably low. Although Black Swans share food and habitat with Mute Swans and various other species of waterfowl, negative effects on the population of the more dominant Mute Swan are not expected. Ecological impacts on ecosystems, such as nitrogen deposition in valuable habitats or the reduction of submerged vegetation biomass, are probably negligible. The overall ISEIA score for Black Swan is 7, which means that the overall risk is qualified as low.</t>
-[...8 lines deleted...]
-        </is>
+          <t>Breeding Black Swans are aggressive and may reduce the opportunities for native waterfowl, especially Mute Swan, to nest nearby. On occasion, Black and Mute Swans will hybridise.</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+      <c r="I4" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Breeding Black Swans are aggressive and may reduce the opportunities for native waterfowl, especially Mute Swan, to nest nearby. On occasion, Black and Mute Swans will hybridise.</t>
+          <t>Hawksbury Lagoon, a shallow coastal New Zealand lake, altemates between a clear-water, macrophyte-dominated state, and a turbid, phytoplankton-dominated state. The potential role of Black Swans (Cygnus atratus) in stabilising the phytoplankton dominated state by grazing on macrophytes was investigated during a period of increase and decline in the benthic vegetation (Nitella) in 1993-94. The swan population density was closely correlated with plant biomass (r 2 = 0.95). Although the swan population became as high as 25 ha t direct grazing consumption was slight. The grazing rate was 0.007 day-1, by comparison with plant growth rates of 0.06-0.10 day-1 and loss rates in periods of decline of 0.07-0.18 day - i. Indirect effects of the swans on the plants through nutrient recycling and bioturbation are also unlikely to have been important. Concentrations of suspended solids and phytoplankton and light attenuation remained high throughout the study. Plant biomass normally increased when the venthic photon irradiance exceeded 7% of that at the surface and decreased when it was lower than that. We conclude that lack of light was far more important than swan grazing for plant decline. When light or other conditions for macrophyte grow are marginal, the cumulative effect of waterfowl grazing consumption might well be critical, however, for keeping macrophyte biomass below the threshold for macrophyte dominance, in spite of the consumption being small. Although the swan population was remarkably closely linked to the abundance of its food resources, it had little direct effect upon them through grazing consumption. The figure for daily food intake per swan was derived at a time for high algal biomass, representing more than 3 years' annual consumption (Mitchell and Wass, 1995) and it can therefore be assumed to be maximal. The calculated grazing rate will therefore be an overestimate if the swans showed any functional feeding response. This effect may not have been large, first because Black swans normally spend 50-80% of the daylight hours resting (Bimler, 1983), time which could presumably be redirected to feeding, if food were in short supply, and secondly because of the small fraction (</t>
         </is>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>26</v>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Mitchell, S. F. &amp; Wass, R. T. (1996). Grazing by Black Swans (Cygnus atratus Latham), physical factors and the growth and loss of aquatic vegetation in a shallow lake. Aquatic Botany 55, 205-215.</t>
+        </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Hawksbury Lagoon, a shallow coastal New Zealand lake, altemates between a clear-water, macrophyte-dominated state, and a turbid, phytoplankton-dominated state. The potential role of Black Swans (Cygnus atratus) in stabilising the phytoplankton dominated state by grazing on macrophytes was investigated during a period of increase and decline in the benthic vegetation (Nitella) in 1993-94. The swan population density was closely correlated with plant biomass (r 2 = 0.95). Although the swan population became as high as 25 ha t direct grazing consumption was slight. The grazing rate was 0.007 day-1, by comparison with plant growth rates of 0.06-0.10 day-1 and loss rates in periods of decline of 0.07-0.18 day - i. Indirect effects of the swans on the plants through nutrient recycling and bioturbation are also unlikely to have been important. Concentrations of suspended solids and phytoplankton and light attenuation remained high throughout the study. Plant biomass normally increased when the venthic photon irradiance exceeded 7% of that at the surface and decreased when it was lower than that. We conclude that lack of light was far more important than swan grazing for plant decline. When light or other conditions for macrophyte grow are marginal, the cumulative effect of waterfowl grazing consumption might well be critical, however, for keeping macrophyte biomass below the threshold for macrophyte dominance, in spite of the consumption being small. Although the swan population was remarkably closely linked to the abundance of its food resources, it had little direct effect upon them through grazing consumption. The figure for daily food intake per swan was derived at a time for high algal biomass, representing more than 3 years' annual consumption (Mitchell and Wass, 1995) and it can therefore be assumed to be maximal. The calculated grazing rate will therefore be an overestimate if the swans showed any functional feeding response. This effect may not have been large, first because Black swans normally spend 50-80% of the daylight hours resting (Bimler, 1983), time which could presumably be redirected to feeding, if food were in short supply, and secondly because of the small fraction (</t>
+        </is>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6" t="s">
         <v>26</v>
-      </c>
-[...12 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>Mitchell, S. F. &amp; Wass, R. T. (1996). Grazing by Black Swans (Cygnus atratus Latham), physical factors and the growth and loss of aquatic vegetation in a shallow lake. Aquatic Botany 55, 205-215.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Hawksbury Lagoon, a shallow coastal New Zealand lake, altemates between a clear-water, macrophyte-dominated state, and a turbid, phytoplankton-dominated state. The potential role of Black Swans (Cygnus atratus) in stabilising the phytoplankton dominated state by grazing on macrophytes was investigated during a period of increase and decline in the benthic vegetation (Nitella) in 1993-94. The swan population density was closely correlated with plant biomass (r 2 = 0.95). Although the swan population became as high as 25 ha t direct grazing consumption was slight. The grazing rate was 0.007 day-1, by comparison with plant growth rates of 0.06-0.10 day-1 and loss rates in periods of decline of 0.07-0.18 day - i. Indirect effects of the swans on the plants through nutrient recycling and bioturbation are also unlikely to have been important. Concentrations of suspended solids and phytoplankton and light attenuation remained high throughout the study. Plant biomass normally increased when the venthic photon irradiance exceeded 7% of that at the surface and decreased when it was lower than that. We conclude that lack of light was far more important than swan grazing for plant decline. When light or other conditions for macrophyte grow are marginal, the cumulative effect of waterfowl grazing consumption might well be critical, however, for keeping macrophyte biomass below the threshold for macrophyte dominance, in spite of the consumption being small. Although the swan population was remarkably closely linked to the abundance of its food resources, it had little direct effect upon them through grazing consumption. The figure for daily food intake per swan was derived at a time for high algal biomass, representing more than 3 years' annual consumption (Mitchell and Wass, 1995) and it can therefore be assumed to be maximal. The calculated grazing rate will therefore be an overestimate if the swans showed any functional feeding response. This effect may not have been large, first because Black swans normally spend 50-80% of the daylight hours resting (Bimler, 1983), time which could presumably be redirected to feeding, if food were in short supply, and secondly because of the small fraction (</t>
-[...10 lines deleted...]
-      </c>
+          <t>Black Swans are capable of travelling substantial distances and may colonize valuable habitats or protected areas in the Netherlands. However, high population densities are unlikely because of climatic and ecological conditions and the ecological impacts are probably low. Although Black Swans share food and habitat with Mute Swans and various other species of waterfowl, negative effects on the population of the more dominant Mute Swan are not expected. Ecological impacts on ecosystems, such as nitrogen deposition in valuable habitats or the reduction of submerged vegetation biomass, are probably negligible. The overall ISEIA score for Black Swan is 7, which means that the overall risk is qualified as low.</t>
+        </is>
+      </c>
+      <c r="F7"/>
+      <c r="G7"/>
+      <c r="H7"/>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Mitchell, S. F. &amp; Wass, R. T. (1996). Grazing by Black Swans (Cygnus atratus Latham), physical factors and the growth and loss of aquatic vegetation in a shallow lake. Aquatic Botany 55, 205-215.</t>
+          <t>Beemster, N. &amp; Klop, E. (2013). Risk assessment of the Black Swan (Cygnus atratus) in the Netherlands. A&amp;W-report 1978. Altenburg &amp; Wymenga ecologisch onderzoek, Feanwalden.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Black Swans are capable of travelling substantial distances and may colonize valuable habitats or protected areas in the Netherlands. However, high population densities are unlikely because of climatic and ecological conditions and the ecological impacts are probably low. Although Black Swans share food and habitat with Mute Swans and various other species of waterfowl, negative effects on the population of the more dominant Mute Swan are not expected. Ecological impacts on ecosystems, such as nitrogen deposition in valuable habitats or the reduction of submerged vegetation biomass, are probably negligible. The overall ISEIA score for Black Swan is 7, which means that the overall risk is qualified as low.</t>
         </is>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="inlineStr">
         <is>
           <t>Beemster, N. &amp; Klop, E. (2013). Risk assessment of the Black Swan (Cygnus atratus) in the Netherlands. A&amp;W-report 1978. Altenburg &amp; Wymenga ecologisch onderzoek, Feanwalden.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
-      <c r="E9" t="inlineStr">
-[...5 lines deleted...]
-      <c r="G9"/>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>23</v>
+      </c>
       <c r="H9"/>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Beemster, N. &amp; Klop, E. (2013). Risk assessment of the Black Swan (Cygnus atratus) in the Netherlands. A&amp;W-report 1978. Altenburg &amp; Wymenga ecologisch onderzoek, Feanwalden.</t>
+          <t>National Institute for Environmental Studies, Japan (2016). Invasive Species of Japan: Cygnus atratus. Available at: https://www.nies.go.jp/biodiversity/invasive/DB/detail/20480e.html</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
-      <c r="E10" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Black Swans are capable of travelling substantial distances and may colonize valuable habitats or protected areas in the Netherlands. However, high population densities are unlikely because of climatic and ecological conditions and the ecological impacts are probably low. Although Black Swans share food and habitat with Mute Swans and various other species of waterfowl, negative effects on the population of the more dominant Mute Swan are not expected. Ecological impacts on ecosystems, such as nitrogen deposition in valuable habitats or the reduction of submerged vegetation biomass, are probably negligible. The overall ISEIA score for Black Swan is 7, which means that the overall risk is qualified as low.</t>
+        </is>
+      </c>
+      <c r="F10"/>
+      <c r="G10"/>
       <c r="H10"/>
       <c r="I10" t="inlineStr">
         <is>
-          <t>National Institute for Environmental Studies, Japan (2016). Invasive Species of Japan: Cygnus atratus. Available at: https://www.nies.go.jp/biodiversity/invasive/DB/detail/20480e.html</t>
+          <t>Beemster, N. &amp; Klop, E. (2013). Risk assessment of the Black Swan (Cygnus atratus) in the Netherlands. A&amp;W-report 1978. Altenburg &amp; Wymenga ecologisch onderzoek, Feanwalden.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>