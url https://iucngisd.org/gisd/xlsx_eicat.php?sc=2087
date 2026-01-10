--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -53,75 +53,75 @@
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Pica pica</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
     <t>Potential impacts: competition with native songbirds.</t>
   </si>
   <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Whilst is some observational evidence, it is difficult to establish the extent and severity of competition impacts.</t>
+  </si>
+  <si>
     <t>Predation</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Predation of eggs and chicks of native species also occurs in Kyushu.</t>
   </si>
   <si>
-    <t>Low</t>
-[...1 lines deleted...]
-  <si>
     <t>There is no observational evidence to support the assessment.</t>
   </si>
   <si>
     <t>Native birds</t>
   </si>
   <si>
     <t>Lever, C. (2005). Naturalized Birds of the World. Bloomsbury, London.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Whilst is some observational evidence, it is difficult to establish the extent and severity of competition impacts.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -211,100 +211,100 @@
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="inlineStr">
         <is>
           <t>National Institute for Environmental Studies, Japan (2015) Invasive Species of Japan: Pica pica. Available at: http://www.nies.go.jp/biodiversity/invasive/DB/detail/20380e.html</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Resource availability allows introduced species to establish new populations, as does ''enemy release'' and climate matching (Elton 1958; Duncan et al. 2001; Shea &amp; Chesson 2002; Catford et al. 2009). For birds, there are two hypotheses associated with resource availability, such as food and nest sites. One is the ''competition hypothesis'', in which an introduced species is so aggressive that it displaces native species from their niches, as for example the Ring-necked Parakeets Psittacula krameri in Europe (Sol et al. 2012; Hernandez-Brito et al. 2014). The other is the ''opportunism hypothesis'', in which an introduced species can establish a new population to exploit flexibly niche opportunities that native species are incapable of using, such as an anthropogenic habitat (Sol et al. 2012). In the case of the Eurasian Magpies in our Tomakomai study area, they utilized anthropogenic urban areas, that are not generally preferred by native species, for nesting (Sol et al. 2012). Magpies are also flexible in choosing their nest sites depending on the availability of tall trees. Therefore, the successful establishment of Magpies may be partly explained by the opportunism hypothesis.</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="F3" t="s">
-[...9 lines deleted...]
-        <v>20</v>
+      <c r="H3"/>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Nakahara T., Kuroe M., Hasegawa O,, Hayashi Y., Mori S. &amp; Eguchi K. (2015). Nest site characteristics of the newly established Eurasian Magpies Pica pica population in Hokkaido, Japan. Ornithol. Sci. 14: 99-109.</t>
+        </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" t="s">
         <v>21</v>
       </c>
-      <c r="E4" t="inlineStr">
-[...7 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>