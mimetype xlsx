--- v0 (2025-10-30)
+++ v1 (2026-03-05)
@@ -280,348 +280,348 @@
           <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts. Other causes for the decline of the Norfolk Island boobook could be competition with starlings, farming and forestry and the low density of the forest. Other causes for the decline of the Norfolk Island boobook could be competition with other introduced species and predation by introduced species.</t>
         </is>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="inlineStr" s="2">
         <is>
           <t>Garnett, S.T., Szabo, J.K. &amp; Dutson, G., (2011). The Action Plan for Australian Birds 2010. CSIRO Publishing, Melbourne.
 Sperring, F., Webster, W., Isaac, B., Clarke, R., Gautschi, D., Heinsohn, R., Olsen, P., Weeks, A., Macgregor, N., Wilson, M., Greenup, N., (2021). Ecology, genetics and conservation management of the Norfolk Island morepork and green parrot. NESP Threatened Sprecies Recovery Hub Project 4.1.9 interim report, Brisbane
 Barnes S. (2017). Australia's Faunal Exticntion Crisis: Director of National Parks Submission to the inquiry Environment and Coomunications References Committee, Parks Australia</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>As part of the Strategy, the Department of the Environment and  Energy provided $300,000 to expand the rodent control program in Norfolk Island National Park from  2015 to 2017, which also enabled more strategic management of two threats to the boobook: weeds  and crimson rosellas. While this is likely to benefit other threatened species on Norfolk Island (notably the Norfolk Island Green Parrot Cyanoramphus cookii), the impacts on the boobook are uncertain.</t>
-[...4 lines deleted...]
-      <c r="H4"/>
+          <t>The Tasman Parakeet or Norfolk Island green parrot (Cyanoramphus cookii) was once widespread across the Norfolk Island group but is currently confined mainly to the 460 hectare rainforest remnants of the Mt Pitt section of Norfolk Island National Park. C. cookii is listed as Endangered under the Environment Protection and Biodiversity Conservation Act 1999. Surveys conducted in 2013 indicated a  dramatic decline in the population over the previous three years,  with an estimated population of between 46 and 92 individuals remaining. The population increased again after 2013, after intensive management actions, to an estimated 350 individuals in 2017.  The critical actions undertaken included improved control of exotic predators (rodents, cats) and competitors (mainly Crimson Rosellas, Platycercus elegans), and the provision and maintenance of predator-safe nesting sites. Seventy-one fortified nests are currently maintained by Parks Australia. Despite all nests being maintained for at  least five years, roughly half have never been used by green parrots. Approximately half of the nesting hollows have also been used by crimson rosellas, a competitor species considered to be a threat to green parrots.</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts. Another cause for the decline of the Norfolk parrot could predation by cats and rats.</t>
+        </is>
+      </c>
+      <c r="H4" t="s">
+        <v>16</v>
+      </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>National Environmental Science Program Threatened Species Research Hub (2019). Threatened Species Strategy  Year  3  Scorecard  –  Norfolk  Island  Boobook  Owl.  Australian  Government,  Canberra.</t>
+          <t>Sperring, F., Webster, W., Isaac, B., Clarke, R., Gautschi, D., Heinsohn, R., Olsen, P., Weeks, A., Macgregor, N., Wilson, M., Greenup, N., (2021). Ecology, genetics and conservation management of the Norfolk Island morepork and green parrot. NESP Threatened Sprecies Recovery Hub Project 4.1.9 interim report, Brisbane</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>The Tasman Parakeet or Norfolk Island green parrot (Cyanoramphus cookii) was once widespread across the Norfolk Island group but is currently confined mainly to the 460 hectare rainforest remnants of the Mt Pitt section of Norfolk Island National Park. C. cookii is listed as Endangered under the Environment Protection and Biodiversity Conservation Act 1999. Surveys conducted in 2013 indicated a  dramatic decline in the population over the previous three years,  with an estimated population of between 46 and 92 individuals remaining. The population increased again after 2013, after intensive management actions, to an estimated 350 individuals in 2017.  The critical actions undertaken included improved control of exotic predators (rodents, cats) and competitors (mainly Crimson Rosellas, Platycercus elegans), and the provision and maintenance of predator-safe nesting sites. Seventy-one fortified nests are currently maintained by Parks Australia. Despite all nests being maintained for at  least five years, roughly half have never been used by green parrots. Approximately half of the nesting hollows have also been used by crimson rosellas, a competitor species considered to be a threat to green parrots.</t>
+          <t>The Norfolk Island Green Parrot (Cyanoramphus cookii), endemic to Norfolk Island, is listed as Endangered under the EPBC Act. Thanks to an extensive rat baiting program, the creation and maintenance of 80 predator resistant nesting sites and a program to reduce Crimson Rosella numbers to reduce nest competition, the adult wild population of the Norfolk Island green parrot is now estimated to be 350–400 birds, after suffering from a population decline in 2013.</t>
         </is>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts. Another cause for the decline of the Norfolk parrot could predation by cats and rats.</t>
+          <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts. Another cause for the decline of the Norfolk parrot could be predation by introduced species.</t>
         </is>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
-          <t>Sperring, F., Webster, W., Isaac, B., Clarke, R., Gautschi, D., Heinsohn, R., Olsen, P., Weeks, A., Macgregor, N., Wilson, M., Greenup, N., (2021). Ecology, genetics and conservation management of the Norfolk Island morepork and green parrot. NESP Threatened Sprecies Recovery Hub Project 4.1.9 interim report, Brisbane</t>
+          <t>Barnes S. (2017). Australia's Faunal Exticntion Crisis: Director of National Parks Submission to the inquiry Environment and Coomunications References Committee, Parks Australia</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>The Norfolk Island Green Parrot (Cyanoramphus cookii), endemic to Norfolk Island, is listed as Endangered under the EPBC Act. Thanks to an extensive rat baiting program, the creation and maintenance of 80 predator resistant nesting sites and a program to reduce Crimson Rosella numbers to reduce nest competition, the adult wild population of the Norfolk Island green parrot is now estimated to be 350–400 birds, after suffering from a population decline in 2013.</t>
+          <t>The  rarity  of the  owl  was  first  appreciated  in  the  1960s  and from the 1970s  just one bird  was  heard calling. By the 1980s it was realised only a single female survived. Two males of the only other extant subspecies, from New  Zealand,  were  introduced  and  she  mated  with  one  of them  (Olsen  1996).  The offspring from that mating, which are inevitably highly inbred, were thought to number 45-50 in 2017. However, there appears to have been no successful breeding since 2012, despite the active maintenance of nine nestboxes from 2015-2018 and the active culling of nest competitors. There is no information on why this is so. Crimson Rosellas (Platycercus elegans), and to a lesser extent Common Starlings (Sturnus vulgaris) and  sometimes  feral  bees  (Apis  melifera),  all  compete  for  scarce  hollows.  All  are  introduced  to  Norfolk  Island. Crimson Rosellas sometimes expel established Boobook pairs from hollows. Common Starlings fill hollows  with  material  that  render  hollows  unsuitable for  Boobooks. As part of the Strategy, the Department of the Environment and  Energy provided $300,000 to expand the rodent control program in Norfolk Island National Park from  2015 to 2017, which also enabled more strategic management of two threats to the boobook: weeds  and crimson rosellas. While this is likely to benefit other threatened species on Norfolk Island (notably the Norfolk Island Green Parrot Cyanoramphus cookii), the impacts on the boobook are uncertain.</t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>19</v>
       </c>
       <c r="H6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Barnes S. (2017). Australia's Faunal Exticntion Crisis: Director of National Parks Submission to the inquiry Environment and Coomunications References Committee, Parks Australia</t>
+          <t>National Environmental Science Program Threatened Species Research Hub (2019). Threatened Species Strategy  Year  3  Scorecard  –  Norfolk  Island  Boobook  Owl.  Australian  Government,  Canberra.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>The  rarity  of the  owl  was  first  appreciated  in  the  1960s  and from the 1970s  just one bird  was  heard calling. By the 1980s it was realised only a single female survived. Two males of the only other extant subspecies, from New  Zealand,  were  introduced  and  she  mated  with  one  of them  (Olsen  1996).  The offspring from that mating, which are inevitably highly inbred, were thought to number 45-50 in 2017. However, there appears to have been no successful breeding since 2012, despite the active maintenance of nine nestboxes from 2015-2018 and the active culling of nest competitors. There is no information on why this is so. Crimson Rosellas (Platycercus elegans), and to a lesser extent Common Starlings (Sturnus vulgaris) and  sometimes  feral  bees  (Apis  melifera),  all  compete  for  scarce  hollows.  All  are  introduced  to  Norfolk  Island. Crimson Rosellas sometimes expel established Boobook pairs from hollows. Common Starlings fill hollows  with  material  that  render  hollows  unsuitable for  Boobooks. As part of the Strategy, the Department of the Environment and  Energy provided $300,000 to expand the rodent control program in Norfolk Island National Park from  2015 to 2017, which also enabled more strategic management of two threats to the boobook: weeds  and crimson rosellas. While this is likely to benefit other threatened species on Norfolk Island (notably the Norfolk Island Green Parrot Cyanoramphus cookii), the impacts on the boobook are uncertain.</t>
+          <t>Green Parrots compete for nest hollows with introduced Crimson Rosellas, European Starlings and Honey Bees. Crimson Rosellas are known to aggressively expel Green Parrots from their territory (Hicks and Preece 1991). While it was understood that Crimson Rosellas on Norfolk Island nest from September-November, during which months Green Parrots rarely nest, some variation in this pattern has been observed in recent times. The incidence of Crimson Rosellas using Green Parrot hollows has also decreased significantly from 1993 to 1997, probably due to regular culling of Crimson Rosellas in NINP since 1990. Green Parrots will use a nest site that has been used by Crimson Rosellas. Feral Crimson Rosellas regularly attempt to nest in sites modified for Green Parrots. Regular monitoring of nest sites to discover and destroy Rosella nesting activity is  undertaken. The removal and destruction of adult Rosellas in Green Parrot breeding areas is undertaken and is also effective in reducing their numbers.</t>
         </is>
       </c>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>19</v>
       </c>
       <c r="H7" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="I7" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>17</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Green Parrots compete for nest hollows with introduced Crimson Rosellas, European Starlings and Honey Bees. Crimson Rosellas are known to aggressively expel Green Parrots from their territory (Hicks and Preece 1991). While it was understood that Crimson Rosellas on Norfolk Island nest from September-November, during which months Green Parrots rarely nest, some variation in this pattern has been observed in recent times. The incidence of Crimson Rosellas using Green Parrot hollows has also decreased significantly from 1993 to 1997, probably due to regular culling of Crimson Rosellas in NINP since 1990. Green Parrots will use a nest site that has been used by Crimson Rosellas. Feral Crimson Rosellas regularly attempt to nest in sites modified for Green Parrots. Regular monitoring of nest sites to discover and destroy Rosella nesting activity is  undertaken. The removal and destruction of adult Rosellas in Green Parrot breeding areas is undertaken and is also effective in reducing their numbers.</t>
+          <t>The Red Parrot (Crimson Rosella) (Platycercus elegans) was introduced to Norfolk Island as a cage bird and is now widespread across the Island. The Crimson Rosella is in direct competition with native bird species such as the Norfolk Island Green Parrot and the Norfolk Island Morepork for territory and nesting sites (tree hollows). The Crimson Rosella also eats similar foods to the Green Parrot, has similar nesting requirements and has also been known to break eggs and eject chicks from Green Parrot nests. Although no research has been done to measure the impact of Red Parrots on endemic birds on Norfolk Island, it is highly likely that they are having a significant impact on the breeding success of species like the critically endangered Green Parrot and Norfolk Island Morepork. It is not known if there has been any attempt to accurately estimate the population of Red Parrots on Norfolk Island. Some targeted Red parrot control has been undertaken around known breeding sites for the Norfolk Island Morepork, but this has been occasional and spasmodic.</t>
         </is>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H8" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="I8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
-      <c r="E9" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E9" t="s">
+        <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H9" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>28</v>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Tasman parakeets co-exist with the introduced Crimson rosella (Platycercus elegans) within the M. Pitt section, Norfolk Island National Park. Both species exhibit significant seasonal changes in patterns of habitat use and preferences and significant changes in food types and feeding species. The C. rosella, is thought to compete strongly with T. parakeets for nesting and feeding resources. In order to provide information to better manage a growing population of the T. parakeet within the Norfolk Island National Park, it is important to understand patterns of habitat use and key resources, as well as the degree of competition with the introduced C. rosella. I studied the habitat use of T. parakeets and C. rosellas during two seasons, autumn and spring 2017 by surveying 986 vegetation plots. I encountered a total of 80 woody plant species occurring on nine habitat types. The highest plant species richness was in forest edges (70 species), followed by remnant hardwood forest (43 species). The lowest plant species richness was on regenerating vegetation patches (26 species). T. parakeets and C. rosellas used these habitats differently. In autumn and spring, T. parakeets preferred remnant hardwood forests and remnant hardwood in spring. In terms of feeding species, T. parakeets and C. rosellas exhibited a high degree of overlap in only one food type: ake ake (Dodonea viscosa) seeds and fruits. Opportunistic observations during summer, revealed a similar degree of overlap for consumption of seeds and pulp of red guava (Psidium cattleianum). I did not register a single instance of aggressive interactions between T. parakeets and C. rosellas. My results indicate that T. parakeets and C. rosellas used the available habitats differently. In terms of foraging resources, T. parakeets and C. rosellas do not appear to overlap greatly in food types or feeding species during autumn and spring. While there has been evidence of intense competition for nesting cavities, my research reveals little inter-seasonal overlap in habitat use and feeding resource. Control of C. rosellas in an around nest cavities of T. parakeets should be favoured over control on foraging areas. Nevertheless, C. rosellas outnumber T. parakeets 3:1, and therefore my results need to be interpreted with caution as it is unclear whether foraging and habitat use patterns consistent with my research would be encountered in the future, as numbers of T. parakeets continue to increase.</t>
+        </is>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="H10" t="s">
         <v>16</v>
       </c>
-      <c r="I10" t="s">
-        <v>27</v>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Simmonds, S. A., (2019). Habitat use by Tasman parakeets (Cyanoramphus cookii) and Crimson rosellas (Platycercus elegans) on Norfolk Island, South Pacific : a thesis submitted in partial fulfilment of the requirements for the degree of Master of Science in Conservation Biology, Massey University, New Zealand</t>
+        </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Tasman parakeets co-exist with the introduced Crimson rosella (Platycercus elegans) within the M. Pitt section, Norfolk Island National Park. Both species exhibit significant seasonal changes in patterns of habitat use and preferences and significant changes in food types and feeding species. The C. rosella, is thought to compete strongly with T. parakeets for nesting and feeding resources. In order to provide information to better manage a growing population of the T. parakeet within the Norfolk Island National Park, it is important to understand patterns of habitat use and key resources, as well as the degree of competition with the introduced C. rosella. I studied the habitat use of T. parakeets and C. rosellas during two seasons, autumn and spring 2017 by surveying 986 vegetation plots. I encountered a total of 80 woody plant species occurring on nine habitat types. The highest plant species richness was in forest edges (70 species), followed by remnant hardwood forest (43 species). The lowest plant species richness was on regenerating vegetation patches (26 species). T. parakeets and C. rosellas used these habitats differently. In autumn and spring, T. parakeets preferred remnant hardwood forests and remnant hardwood in spring. In terms of feeding species, T. parakeets and C. rosellas exhibited a high degree of overlap in only one food type: ake ake (Dodonea viscosa) seeds and fruits. Opportunistic observations during summer, revealed a similar degree of overlap for consumption of seeds and pulp of red guava (Psidium cattleianum). I did not register a single instance of aggressive interactions between T. parakeets and C. rosellas. My results indicate that T. parakeets and C. rosellas used the available habitats differently. In terms of foraging resources, T. parakeets and C. rosellas do not appear to overlap greatly in food types or feeding species during autumn and spring. While there has been evidence of intense competition for nesting cavities, my research reveals little inter-seasonal overlap in habitat use and feeding resource. Control of C. rosellas in an around nest cavities of T. parakeets should be favoured over control on foraging areas. Nevertheless, C. rosellas outnumber T. parakeets 3:1, and therefore my results need to be interpreted with caution as it is unclear whether foraging and habitat use patterns consistent with my research would be encountered in the future, as numbers of T. parakeets continue to increase.</t>
+          <t>Threats: Birds survived early settlement of Norfolk I. but most trees were cut down. Most trees with hollows are now in Norfolk  I. National Park or local government reserves. There they suffer competition from introduced crimson rosellas and predation by introduced Black rattus. Feral cats are also thought to be significant predatos. Information required: Effects of competition from crimson rosellas.</t>
         </is>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H11" t="s">
         <v>16</v>
       </c>
-      <c r="I11" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I11" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
         <v>10</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Threats: Birds survived early settlement of Norfolk I. but most trees were cut down. Most trees with hollows are now in Norfolk  I. National Park or local government reserves. There they suffer competition from introduced crimson rosellas and predation by introduced Black rattus. Feral cats are also thought to be significant predatos. Information required: Effects of competition from crimson rosellas.</t>
-[...12 lines deleted...]
-        <v>30</v>
+          <t>Crimson Rosellas compete with Tasman (Norfolk Island) Parakeets for nest hollows (Hill 2002) and probably food, and have been controlled around parakeet nest sites. The ongoing impacts of increasing numbers of Crimson Rosellas should be investigated or they should be eradicated. The impact of increasing numbers of Crimson Rosellas that compete with Tasman (Norfolk Island) Parakeets for nest sites also needs to be investigated, as do the high numbers of Red Junglefowl.</t>
+        </is>
+      </c>
+      <c r="F12"/>
+      <c r="G12"/>
+      <c r="H12"/>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>DUTSON, G. (2013). Population densities and conservation status of Norfolk Island forest birds. Bird Conservation International, 23(3), 271-282. doi:10.1017/S0959270912000081</t>
+        </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Crimson Rosellas compete with Tasman (Norfolk Island) Parakeets for nest hollows (Hill 2002) and probably food, and have been controlled around parakeet nest sites. The ongoing impacts of increasing numbers of Crimson Rosellas should be investigated or they should be eradicated. The impact of increasing numbers of Crimson Rosellas that compete with Tasman (Norfolk Island) Parakeets for nest sites also needs to be investigated, as do the high numbers of Red Junglefowl.</t>
+          <t>As part of the Strategy, the Department of the Environment and  Energy provided $300,000 to expand the rodent control program in Norfolk Island National Park from  2015 to 2017, which also enabled more strategic management of two threats to the boobook: weeds  and crimson rosellas. While this is likely to benefit other threatened species on Norfolk Island (notably the Norfolk Island Green Parrot Cyanoramphus cookii), the impacts on the boobook are uncertain.</t>
         </is>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="inlineStr">
         <is>
-          <t>DUTSON, G. (2013). Population densities and conservation status of Norfolk Island forest birds. Bird Conservation International, 23(3), 271-282. doi:10.1017/S0959270912000081</t>
+          <t>National Environmental Science Program Threatened Species Research Hub (2019). Threatened Species Strategy  Year  3  Scorecard  –  Norfolk  Island  Boobook  Owl.  Australian  Government,  Canberra.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>