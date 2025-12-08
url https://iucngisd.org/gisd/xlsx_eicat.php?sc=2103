--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -41,114 +41,114 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Agapornis personatus</t>
   </si>
   <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Transmission of diseases to native species</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>There is observational evidence to support the assessment, but it is unclear how the species would affect native species in the wild.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Weeks PJ. (1981). Ascaridia platyceri in a masked lovebird. New Zeal Vet J 29, 241-242.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>A. personatus, can displace native Cypsiurus parvus for breeding purposes in Kenya.</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>There is no observational evidence to support the assessment.</t>
+  </si>
+  <si>
+    <t>Cypsiurus parvus</t>
+  </si>
+  <si>
+    <t>Lever, C. (1994) Naturalized animals: the ecology of successfully introduced species. London, UK: Poyser Natural History.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Grazing/herbivory/browsing</t>
   </si>
   <si>
-    <t>MC</t>
-[...4 lines deleted...]
-  <si>
     <t>There is some direct evidence, but some evidence is inferred.</t>
   </si>
   <si>
     <t>Vachellia karroo</t>
   </si>
   <si>
-    <t>Chile</t>
-[...13 lines deleted...]
-  <si>
     <t>Czech Republic</t>
   </si>
   <si>
     <t>There is observational evidence to support the assessment, but it is unclear how the species would affect native parrot species in the wild.</t>
   </si>
   <si>
     <t>Hybridisation</t>
-  </si>
-[...22 lines deleted...]
-    <t>Lever, C. (1994) Naturalized animals: the ecology of successfully introduced species. London, UK: Poyser Natural History.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -220,215 +220,215 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Locally very little feeding behaviour was observed, but the species’ diet includes the flower buds of two alien tree species, as well as buds and mature seeds of the indigenous sweet thorn (Vachellia karroo).</t>
+          <t>An outbreak of avian pox in a psittacine bird colony was recognized in Chile. Birds affected with clinical signs included 10 masked lovebirds (Agapornis personatus).</t>
         </is>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Whittington-Jones, C. (2016) The status of the Yellow-collared Lovebird (Agapornis personatus) in Gauteng, annual report, Scientific Services Gauteng Department of Agriculture and Rural Development.</t>
+          <t>González-Hein, G., González, C. &amp; Hidalgo, H. (2008), Case report: An avian pox outbreak in captive psittacine birds in Chile, Journal of Exotic Pet Medicine 17, 210–215. https://doi.org/10.1053/j.jepm.2008.05.008</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>An outbreak of avian pox in a psittacine bird colony was recognized in Chile. Birds affected with clinical signs included 10 masked lovebirds (Agapornis personatus).</t>
+          <t>I recently examined a masked lovebird, (Agapornis personatus), housed in the Wellington Zoological Gardens. The bird was a young female which had not been obviously ill, but died overnight. On autopsy, I removed ten Ascaridiu plutyceri (Hartwich and Tscherner 1979), and three Capillaria sp. from the intestine.</t>
         </is>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H3"/>
-      <c r="I3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I3" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="E4" t="s">
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="H4"/>
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
       <c r="I4" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>The present study gives data on the first detection of A. platyceri in the Czech Republic. The infection with nematodes showing morphological traits of ascarids was observed in the small intestine during post-mortem examinations of parrots. The parrots came from ZOOs, private owners, shops with animals, veterinary clinics and private veterinarians. A. platyceri was found in A. personatus.</t>
+          <t>Locally very little feeding behaviour was observed, but the species’ diet includes the flower buds of two alien tree species, as well as buds and mature seeds of the indigenous sweet thorn (Vachellia karroo).</t>
         </is>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H5"/>
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
       <c r="I5" t="inlineStr">
         <is>
-          <t>Kajerova, V., Barus, V. &amp; Literak, I. (2004), New records of Ascaridia platyceri (Nematoda) in parrots (Psittaciformes), Veterinarni Medicina - Czech. 49, 237–242. https://doi.org/10.17221/5700-VETMED</t>
+          <t>Whittington-Jones, C. (2016) The status of the Yellow-collared Lovebird (Agapornis personatus) in Gauteng, annual report, Scientific Services Gauteng Department of Agriculture and Rural Development.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
-      <c r="B6"/>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>In aviculture, reports of genetic introgression to introduce a specific colour variation to another species is well known (e.g. the dark factor phenotype that was introduced from A. roseicollis to A. personatus and from there to other species as explained in Chapter 2 and the Published Paper I, Annexure A). Hybrids are not generally accepted at shows and auctions, but, unfortunately, genetic introgression is used as a tool to introduce new colours or even to breed new species.</t>
+          <t>The present study gives data on the first detection of A. platyceri in the Czech Republic. The infection with nematodes showing morphological traits of ascarids was observed in the small intestine during post-mortem examinations of parrots. The parrots came from ZOOs, private owners, shops with animals, veterinary clinics and private veterinarians. A. platyceri was found in A. personatus.</t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="inlineStr">
         <is>
-          <t>van der Zwan, H., 2019, ‘De novo sequencing, assembly and annotation of the Agapornis roseicollis genome to identify variants for the development of genetic screening tests’, PhD thesis, North-West University.</t>
+          <t>Kajerova, V., Barus, V. &amp; Literak, I. (2004), New records of Ascaridia platyceri (Nematoda) in parrots (Psittaciformes), Veterinarni Medicina - Czech. 49, 237–242. https://doi.org/10.17221/5700-VETMED</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B7"/>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>12</v>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>In aviculture, reports of genetic introgression to introduce a specific colour variation to another species is well known (e.g. the dark factor phenotype that was introduced from A. roseicollis to A. personatus and from there to other species as explained in Chapter 2 and the Published Paper I, Annexure A). Hybrids are not generally accepted at shows and auctions, but, unfortunately, genetic introgression is used as a tool to introduce new colours or even to breed new species.</t>
+        </is>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>van der Zwan, H., 2019, ‘De novo sequencing, assembly and annotation of the Agapornis roseicollis genome to identify variants for the development of genetic screening tests’, PhD thesis, North-West University.</t>
+        </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>