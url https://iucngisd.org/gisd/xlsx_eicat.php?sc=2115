--- v0 (2025-10-24)
+++ v1 (2026-03-04)
@@ -44,72 +44,72 @@
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Prunella modularis</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Lever, C. (2005). Naturalized Birds of the World. Bloomsbury, London.</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>There is no observational evidence to support the assessment.</t>
+  </si>
+  <si>
+    <t>Santos, E.S.A. (2013). Dunnock. In Miskelly, C.M. (ed.) New Zealand Birds Online. Available at: https://nzbirdsonline.org.nz/species/dunnock</t>
+  </si>
+  <si>
     <t>Grazing/herbivory/browsing</t>
-  </si>
-[...19 lines deleted...]
-    <t>Santos, E.S.A. (2013). Dunnock. In Miskelly, C.M. (ed.) New Zealand Birds Online. Available at: https://nzbirdsonline.org.nz/species/dunnock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -199,94 +199,94 @@
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Both Thomson (1922) and Williams (1969) said that Dunnocks were the one introduced species in New Zealand that was wholly beneficial. Their consumption of injurious invertebrates such as flies and aphids (the purpose for which they were introduced; Baker 1991) more than compensates for their occasional depredations of small fruits and seeds.</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Dunnocks feed mainly on insects and other small invertebrates. Its consumption of small invertebrates, was among the reasons dunnocks were introduced into New Zealand by Acclimatisation Societies. It was thought by the settlers that dunnocks could be used to control the numbers of insect pests in orchards. There are no known negative impacts of dunnocks on native species, but they are one of the few introduced bird species that has colonised (and thrives on) our most remote and otherwise least-modified island groups.</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t>Both Thomson (1922) and Williams (1969) said that Dunnocks were the one introduced species in New Zealand that was wholly beneficial. Their consumption of injurious invertebrates such as flies and aphids (the purpose for which they were introduced; Baker 1991) more than compensates for their occasional depredations of small fruits and seeds.</t>
         </is>
       </c>
-      <c r="F3"/>
-[...29 lines deleted...]
-      </c>
+      <c r="F4"/>
+      <c r="G4"/>
       <c r="H4"/>
       <c r="I4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>