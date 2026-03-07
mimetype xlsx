--- v0 (2025-11-01)
+++ v1 (2026-03-07)
@@ -44,81 +44,81 @@
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Psittacara mitratus</t>
   </si>
   <si>
     <t>U.S.A.</t>
   </si>
   <si>
+    <t>Indirect impacts through interactions with other species</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Runde, D. E., and W. C. Pitt. (2008). Maui’s mitred parakeets (Aratinga mitrata). J. Hawaii Audubon Soc. 68(1):1-4.</t>
+  </si>
+  <si>
+    <t>Grazing/herbivory/browsing</t>
+  </si>
+  <si>
+    <t>Radford, A., and T. Penniman. (2014). Mitred Conure control on Maui. Proceedings of the Vertebrate Pest Conference 26:61–66.</t>
+  </si>
+  <si>
     <t>Competition</t>
   </si>
   <si>
-    <t>DD</t>
-[...5 lines deleted...]
-    <t>Indirect impacts through interactions with other species</t>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts.</t>
+  </si>
+  <si>
+    <t>Fregata minor, Puffinus spp, Pterodroma spp.</t>
   </si>
   <si>
     <t>MAUI INVASIVE SPECIES COMMITTEE (MISC). 2002. Action plan. Makawao, Hawai`i, USA Available at: http://www.hear.org/misc/pdfs/misc_2002_action_plan_text_only.pdf</t>
-  </si>
-[...16 lines deleted...]
-    <t>Fregata minor, Puffinus spp, Pterodroma spp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -193,220 +193,220 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Other potential threats associated with anincreasing population  of  conures  include seed  predation on rare and endangered plants, seabird nest displacement,and reduced agricultural productivity.</t>
+          <t>Mitred Parakeets are frugivorous/granivorous. Locally they feed on the fruits and seeds of wild plum, Christmas berry, papaya, strawberry guava, and other shrubs and trees (Kahiamoe, pers. comm.; Parker, pers. comm.). They are opportunists and feed on whatever is accessible and ripe at the time.</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
-      <c r="I2" t="s">
-        <v>13</v>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Waring, G. H. 1967. Free-ranging parrot population of Haiku District, Maui, Hawaii. Alien Species in Hawaii, Hawaiian Ecosystems at Risk (HEAR) Project, Univ. of Hawaii.</t>
+        </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Mitred parakeets are also known to feed on Miconia berries in their home range. The possibility that mitred parakeets would eat Miconia and spread viable seeds needs to be assessed.  MISC will also continue to facilitate research into the possible threat of Miconia seed spread by mitred parakeets with assistance from USGS-BRD and MARS.</t>
+      <c r="E3" t="inlineStr" s="2">
+        <is>
+          <t>Mitred parakeets may be dispersing seeds from banyan trees (Ficus spp.), Christmas berry (Schinus terebinthifolius) and others over large areas in their droppings (Table 1). We did not observe parakeets feeding on miconia (Miconia calvescens) but several large miconia trees were discovered near the core of their range
+in 2006, and earlier feeding trials demonstrated that a captive mitred parakeet would eat and pass viable miconia seeds. If they are spreading viable miconia seeds, they may be undoing over a decade of work eradicating miconia on Maui.</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Mitred Parakeets are frugivorous/granivorous. Locally they feed on the fruits and seeds of wild plum, Christmas berry, papaya, strawberry guava, and other shrubs and trees (Kahiamoe, pers. comm.; Parker, pers. comm.). They are opportunists and feed on whatever is accessible and ripe at the time.</t>
+          <t>Other potential threats associated with anincreasing population  of  conures  include seed  predation on rare and endangered plants, seabird nest displacement,and reduced agricultural productivity.</t>
         </is>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
-      <c r="I4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I4" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
-      <c r="E5" t="inlineStr" s="2">
-[...2 lines deleted...]
-in 2006, and earlier feeding trials demonstrated that a captive mitred parakeet would eat and pass viable miconia seeds. If they are spreading viable miconia seeds, they may be undoing over a decade of work eradicating miconia on Maui.</t>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Other anthropogenic structures are available for nesting; during our searches we found a large nesting colony of Mitred Parakeets (Psittacara mitrata) nesting in the roof of an apartment building, and recorded 118 Monk Parakeet (Myiopsitta monachus) stick nests built primarily on electrical infrastructure.Exotic parrots in Miami do not appear to pose a threat of invading intact natural areas. Parrots have been present in the periphery of these natural systems for decades with no sign of a nascent invasion. Breeding attempts are widespread but less common than most native or exotic birds. They are particularly less numerous than European Starlings, the dominant exotic usurper of nest cavities.They are also less common than the woodpeckers, which excavate sufficient cavities in an urban region to prevent nest site limitation. Other imperiled hole-nesting native birds found in temperate peninsular Florida such as Red-cockaded Woodpecker (Leuconotopicus borealis), Brown-headed Nuthatch (Sitta pusilla), and Eastern Bluebird (Sialia sialis), are absent in Miami limiting the potential for parrots to harm native bird populations (Blanc and Walters 2008). The biotic resistance from nest competition in urban Miami is low, allowing small populations of parrots to persist without interacting with most native species.</t>
         </is>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
-      <c r="I5" t="s">
-        <v>16</v>
+      <c r="I5" t="inlineStr" s="2">
+        <is>
+          <t>Diamond, J.M.and Ross, M.S. (2019). Exotic parrots breeding in urban tree cavities: nesting requirements, geographic distribution, and potential impacts on cavity
+nesting birds in southeast Florida, Diamond and Ross ﻿Avian Res (2019) 10:39</t>
+        </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Other potential threats associated with anincreasing population  of  conures  include seed  predation on rare and endangered plants, seabird nest displacement,and reduced agricultural productivity.</t>
-[...4 lines deleted...]
-      <c r="H6"/>
+          <t>On Maui direct competition with native birds has been observed in the displacement of frigate birds (Fregata minor palmerstoni) from roosting areas and in competition with shearwaters (Puffinus spp.) and petrels (Pterodroma spp.) for nesting sites in cliff-side burrows.</t>
+        </is>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" t="s">
+        <v>20</v>
+      </c>
       <c r="I6" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Other anthropogenic structures are available for nesting; during our searches we found a large nesting colony of Mitred Parakeets (Psittacara mitrata) nesting in the roof of an apartment building, and recorded 118 Monk Parakeet (Myiopsitta monachus) stick nests built primarily on electrical infrastructure.Exotic parrots in Miami do not appear to pose a threat of invading intact natural areas. Parrots have been present in the periphery of these natural systems for decades with no sign of a nascent invasion. Breeding attempts are widespread but less common than most native or exotic birds. They are particularly less numerous than European Starlings, the dominant exotic usurper of nest cavities.They are also less common than the woodpeckers, which excavate sufficient cavities in an urban region to prevent nest site limitation. Other imperiled hole-nesting native birds found in temperate peninsular Florida such as Red-cockaded Woodpecker (Leuconotopicus borealis), Brown-headed Nuthatch (Sitta pusilla), and Eastern Bluebird (Sialia sialis), are absent in Miami limiting the potential for parrots to harm native bird populations (Blanc and Walters 2008). The biotic resistance from nest competition in urban Miami is low, allowing small populations of parrots to persist without interacting with most native species.</t>
+          <t>Other potential threats associated with anincreasing population  of  conures  include seed  predation on rare and endangered plants, seabird nest displacement,and reduced agricultural productivity.</t>
         </is>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
-      <c r="I7" t="inlineStr" s="2">
-[...3 lines deleted...]
-        </is>
+      <c r="I7" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>On Maui direct competition with native birds has been observed in the displacement of frigate birds (Fregata minor palmerstoni) from roosting areas and in competition with shearwaters (Puffinus spp.) and petrels (Pterodroma spp.) for nesting sites in cliff-side burrows.</t>
-[...8 lines deleted...]
-      <c r="H8" t="s">
+          <t>Mitred parakeets are also known to feed on Miconia berries in their home range. The possibility that mitred parakeets would eat Miconia and spread viable seeds needs to be assessed.  MISC will also continue to facilitate research into the possible threat of Miconia seed spread by mitred parakeets with assistance from USGS-BRD and MARS.</t>
+        </is>
+      </c>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
+      <c r="I8" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>