--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -53,219 +53,219 @@
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Passer domesticus</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
     <t>Smith, N. (1980). Further advances of House Sparrows into the Brazilian Amazon. Condor. 82, 109-111.</t>
   </si>
   <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Sparrows may also compete with native birds for food and nesting sites.</t>
+  </si>
+  <si>
+    <t>Massam, M., (2000). Farmnote 117/99: Sparrows. Department of Agriculture. Government of Western Australia.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Republic of Mauritius</t>
   </si>
   <si>
     <t>Lever, C. (2005). Naturalised birds of the world. (T&amp;AD Poyser, London)</t>
   </si>
   <si>
-    <t>Australia</t>
-[...5 lines deleted...]
-    <t>Massam, M., (2000). Farmnote 117/99: Sparrows. Department of Agriculture. Government of Western Australia.</t>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of competition impacts in Mexico.</t>
+  </si>
+  <si>
+    <t>Department of Primary Industries and Regional Development (2021). Biosecurity alert: Sparrows</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Baker, J., Harvey, K.J. &amp; French, K., (2014). Threats from introduced birds to native birds. Emu, 114(1), pp.1–12.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>MO</t>
-[...4 lines deleted...]
-  <si>
     <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of competition impacts to the Eastern bluebird on Bermuda.</t>
   </si>
   <si>
     <t>Sialia sialis</t>
   </si>
   <si>
     <t>Bourne, W. R. P. (1957). The breeding birds of Bermuda. Ibis 99:94-105.</t>
   </si>
   <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>During the breeding season some birds were observed foraging on insects, gleaning them from foliage and hawking flying insects.</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts.</t>
+  </si>
+  <si>
+    <t>Johnson, S.A. &amp; Violett, H. (2012). WEC 260 - Florida’s Introduced Birds: House Sparrow (Passer domesticus). University of Florida, IFAS Extension.</t>
+  </si>
+  <si>
+    <t>U.S.A.</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>There is observational evidence to support the assessment.</t>
+  </si>
+  <si>
+    <t>Hirundo rustica</t>
+  </si>
+  <si>
+    <t>Weisheit, A. S. &amp; Creighton, P. D. (1989). Interference by house sparrows in nesting activities of barn swallows. J. F. Ornithol. 60, 323–328</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts in the U.S.A.</t>
+  </si>
+  <si>
+    <t>Haemorhous mexicanus</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts.</t>
+  </si>
+  <si>
+    <t>Progne subis, Sialia sialis</t>
+  </si>
+  <si>
+    <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of competition impacts to the Eastern bluebird in South Carolina.</t>
+  </si>
+  <si>
+    <t>Gowaty, P.  (1984). House sparrows kill eastern bluebirds. J. F. Ornithol. 55, 378–380</t>
+  </si>
+  <si>
+    <t>Transmission of diseases to native species</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Republic of Maldives</t>
+  </si>
+  <si>
+    <t>Grazing/herbivory/browsing</t>
+  </si>
+  <si>
+    <t>Petrochelidon pyrrhonota</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Progne subis, Sialia sialis, Tachycineta bicolor, Poecile carolinensis</t>
+  </si>
+  <si>
+    <t>Freeze, K. (2014). House sparrow control myths. Purple Martin Updat. A Q. J. 22, 25–27</t>
+  </si>
+  <si>
+    <t>There is no observational evidence to support the assessment.</t>
+  </si>
+  <si>
+    <t>Bermuda Bluebird Society. Bluebird conservation. (2020). Available at: https://bermudabluebirdsociety.com/</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of herbivory impacts.</t>
+  </si>
+  <si>
+    <t>Boerhavia coccinea, B. diffiusa, Desmanthus virgatus, Digitaria horizontalis, Passiflora suberosa, Solanum nigrum</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Passer domesticus compete with native bluebirds (Sialia sialis) for nest sites on Bermuda.</t>
+  </si>
+  <si>
+    <t>Global Invasive Species Database (2021) Species profile: Passer domesticus. Downloaded from http://www.iucngisd.org/gisd/species.php?sc=420 on 17-09-2021.</t>
+  </si>
+  <si>
+    <t>Sialia sialis, Thryothorus ludovicianus</t>
+  </si>
+  <si>
+    <t>South America</t>
+  </si>
+  <si>
+    <t>Zonotrichia capensis, Sicalis flaveola, Furnarius leucopus, Metriopelia ceciliae, Carduelis magellanica, Thraupis palmarum, Diuca diuca</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts in Brazil.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts in New Zealand.</t>
+  </si>
+  <si>
+    <t>Tribolium destructor</t>
+  </si>
+  <si>
     <t>House Sparrows in Bermuda have largely displaced the endemic race of the Eastern Bluebird Sialia sialis bermudensis as a cavity-nester on the islands.</t>
   </si>
   <si>
-    <t>There is no observational evidence to support the assessment.</t>
-[...1 lines deleted...]
-  <si>
     <t>Lever, C. (2005). Naturalised birds of the world. (T&amp;AD Poyser, London.</t>
-  </si>
-[...124 lines deleted...]
-    <t>Tribolium destructor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -360,1004 +360,1004 @@
       <c r="E2" t="inlineStr">
         <is>
           <t>Although they have the reputation as agressive invaders that displace native birds, such does not seem the case in Amazonia. I noticed hostile behavior only once when several individuals chased a Black Vulture from a backyard in Maraba.</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E3" t="s">
+        <v>15</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
-      <c r="I3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I3" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Concerns over the possibility of transfer of parasites and pathogens from sparrows to fodies and of competition between the two species lead the Mauritian Wildlife Foundation (MWF) to attempt the eradication of house sparrows on Round Island prior to the release of Mauritius fodies.</t>
+          <t>The house sparrow was suspected by Johnson (1967) of having ousted the Rufous-collared sparrow (Zonotrichia capensis) and Diuca finch (Diuca diuca) from their haunts around towns and forced them to the countryside (Table 2). This claim was doubted by Vuilleumier (1991), and I can attest (pers. obs.) to Rufous-collared sparrows being more common in towns now than they were in the mid-1960s.</t>
         </is>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Bednarczuk E., Feare C.J., Lovibond S., Tatayah V. &amp; Jones C.G. (2010) Attempted eradication of house sparrows Passer domesticus from Round Island (Mauritius), Indian Ocean. Conservation Evidence, 7, 75-86</t>
+          <t>Jaksic, F.M. (1998). Vertebrate invaders and their ecological impacts in Chile. Biodiversity and Conservation 7, 1427–1445  https://doi.org/10.1023/A:1008825802448</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>A. S. Cheke (pers. comm. to Jones 1996) pointed out that the decline and subsequent extinction on Mauritius of the Java Sparrow Lonchura oryzivora in the mid- and late nineteenth century respectively coincided with the establishment of P. domesticus.</t>
         </is>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
-      <c r="E6" t="s">
-        <v>18</v>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Concerns over the possibility of transfer of parasites and pathogens from sparrows to fodies and of competition between the two species lead the Mauritian Wildlife Foundation (MWF) to attempt the eradication of house sparrows on Round Island prior to the release of Mauritius fodies.</t>
+        </is>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
-      <c r="I6" t="s">
-        <v>19</v>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Bednarczuk E., Feare C.J., Lovibond S., Tatayah V. &amp; Jones C.G. (2010) Attempted eradication of house sparrows Passer domesticus from Round Island (Mauritius), Indian Ocean. Conservation Evidence, 7, 75-86</t>
+        </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>The effect of  competition  for  food  in  limiting  numbers  is  illustrated  by  the  case  of  the  Bluebird,  which  used  to  be  one  of  the  commonest species,  but according to Webster Prentiss (1 8%)  suffered a  sharp  reduction  in  numbers following  the introduction of the  sparrow. It  was originally  suggested  that  disturbance  at  the  nest  by  sparrows  caused  this  decline,  but if  this occurred  I  did  not  see it, while the abandonment of  the habit of  nesting in the  open  suggests that  the pressure on  the nest sites has actually decreased with  the  fall  in  numbers. Since both  species feed  their  young  on  flying  insects it  seems  more  likely  to  be  a  consequence  of inter-specific  competition  for food. </t>
+          <t>We used two approaches to compare House Sparrow invaded and non-invaded bird communities: (1) at a small geographic scale that allowed us to evaluate shifts in avian communities with presence of the House Sparrow under similar environmental conditions; and (2) at the landscape-level to evaluate the effect of this species under a scenario of greater environmental heterogeneity. Results from both approaches show that areas invaded by House Sparrows have heavily-dominated avian communities with low species richness, while non-invaded areas exhibit highly-even and species-rich bird communities. Species turnover analysis indicates that the decrease in the number of bird species in House Sparrow invaded areas is caused by species loss, rather than a shift in species composition. Our results indicate that the invasion of an area by the House Sparrow, through synergistic interactions with human activities, determines the composition, structure, and diversity of native bird communities. </t>
         </is>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>23</v>
       </c>
-      <c r="H7" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="H7"/>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>MacGregor-Fors, I., L. Morales-Pérez, J. Quesada, and J. E.Schondube. (2010). Relationship between the presence of House Sparrows (Passer domesticus) and Neotropical bird community structure and diversity. Biological Invasions 12:87-96.   https://doi.org/10.1007/s10530-009-9432-5</t>
+        </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      <c r="H8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Sparrows, such as the tree sparrows and house sparrows, are prohibited declared pests under the Biosecurity and Agriculture Management Act 2007. Sparrows have  the potential to cause significant damage to grain and horticulture crops and can spread disease to humans and plants. They also damage buildings and compete with native birds for food and nesting sites.Sparrows have recently been reported in the east Kimberley region. A surveillance and removal program  is currently underway.</t>
+        </is>
+      </c>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
+      <c r="I8" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>25</v>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>A correlative study in West Mexico that focussed on avian community structure (MacGregor-Fors et al. 2010) showed that areas with the introduced House Sparrow had reduced species richness of native birds, which was attributed to interspecific aggression. MacGregor-Fors et al.(2010) suggested that the presence of the House Sparrowis the cause of the loss of native species. However, because House Sparrows had only established in urban and agricultural areas, the change to the avian community could also have been driven by the loss or degradation of native bird habitats associated with the creation of House Sparrow habitat.</t>
+        </is>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H9"/>
-      <c r="I9" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I9" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>We used two approaches to compare House Sparrow invaded and non-invaded bird communities: (1) at a small geographic scale that allowed us to evaluate shifts in avian communities with presence of the House Sparrow under similar environmental conditions; and (2) at the landscape-level to evaluate the effect of this species under a scenario of greater environmental heterogeneity. Results from both approaches show that areas invaded by House Sparrows have heavily-dominated avian communities with low species richness, while non-invaded areas exhibit highly-even and species-rich bird communities. Species turnover analysis indicates that the decrease in the number of bird species in House Sparrow invaded areas is caused by species loss, rather than a shift in species composition. Our results indicate that the invasion of an area by the House Sparrow, through synergistic interactions with human activities, determines the composition, structure, and diversity of native bird communities. </t>
+          <t>The effect of  competition  for  food  in  limiting  numbers  is  illustrated  by  the  case  of  the  Bluebird,  which  used  to  be  one  of  the  commonest species,  but according to Webster Prentiss (1 8%)  suffered a  sharp  reduction  in  numbers following  the introduction of the  sparrow. It  was originally  suggested  that  disturbance  at  the  nest  by  sparrows  caused  this  decline,  but if  this occurred  I  did  not  see it, while the abandonment of  the habit of  nesting in the  open  suggests that  the pressure on  the nest sites has actually decreased with  the  fall  in  numbers. Since both  species feed  their  young  on  flying  insects it  seems  more  likely  to  be  a  consequence  of inter-specific  competition  for food. </t>
         </is>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="H10" t="s">
+        <v>29</v>
+      </c>
+      <c r="I10" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
         <v>33</v>
       </c>
-      <c r="C11" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H11"/>
-      <c r="I11" t="s">
-        <v>36</v>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Bednarczuk E., Feare C.J., Lovibond S., Tatayah V. &amp; Jones C.G. (2010) Attempted eradication of house sparrows Passer domesticus from Round Island (Mauritius), Indian Ocean. Conservation Evidence, 7, 75-86</t>
+        </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>A recent study conducted by researchers in Mexico found that introduced House Sparrows have significant effects on native bird communities in urban and agricultural areas. They compared bird abundance (number of birds) and species richness (number of bird species) between areas invaded by House Sparrows and areas where they were not found. Not surprisingly, the researchers found that invasive House Sparrows affect the natural dynamics of bird communities, becoming the most abundant, dominant species and replacing some native species, thus reducing the total number of species in the community.</t>
         </is>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>We document occurrences of House Sparrows (Passer domesticus) interfering  with  Barn  Swallow (Hitundo rustica) nests during the breeding seasons of  1978-1981.  Interference took three forms: (1) removal of the nest lining, (2) removal or pecking of eggs, and (3) removal or pecking of nestlings. House Sparrows removed the nest lining from nests on six occasions, and were responsible for 20 deaths of nestling swallows. We suspect sparrow involvement in  15 other deaths of nestling swallow and 42 broken swallow eggs. We  did  not observe intraspecific interference (infanticide), although it may have been the cause of some egg losses and nestling deaths. Sparrow interference reduced the reproductive output of the colony by 44.7% over the 4 yr of the study. We suggest that sparrow interference is nonadaptive in this instance as no benefits to the sparrows were observe.</t>
+        </is>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
         <v>38</v>
       </c>
-      <c r="C13" t="s">
-[...10 lines deleted...]
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>39</v>
       </c>
-      <c r="G13" t="s">
+      <c r="I13" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>The observation of an invasive House Sparrow aggressively preying on an invasive brown anole is unique and important for several reasons. The dietary shift of the House Sparrow to consuming vertebrate prey may be facilitated by the characteristics of the urban environment and the ubiquity of the brown anole in its nonnative range. Considering the House Sparrow’s remarkable adaptability and generalist diet, the utilization of a small, highly abundant vertebrate as prey falls neatly in line with a consistent trend of remarkable adaptations by the House Sparrow and highlights the potential for surprising adaptions caused by interspecific interactions in novel species communities.</t>
         </is>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="inlineStr">
         <is>
           <t>Howell, H. J., &amp; Clements, S. L. (2019). Consumption of vertebrate prey by the House Sparrow (Passer domesticus): An example of evolutionary responses to interspecific interactions within novel communities. The Wilson Journal of Ornithology, 131(2), 406º410.</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Therefore, in the eastern states, investigations on a regional scale suggest that the introduction of C. mexicanus is responsible for declines in the density of P. domesticus, whereas in the western states, investigations at back-yard nest boxes suggest that the introduction of P. domesticus is responsible for declines in the abundance of C. mexicanus in urbanized habitats (Bergtold 1913; Cody 1974). Bergtold (1913) described how, between 1906 and 1910, 16% of the C. mexicanus eggs and young in nine nest boxes attached to his home in Denver, Colorado, were lost through intense interference by P. domesticus. In addition, many nests were also lost, in spite of Bergtold's persistent removal of P.  domesticus with a shotgun. More recently, Evenden (1957) studied the nesting success of C.  mexicanus at his home in Sacramento, California. From 1950 to 1954, P. domesticus was responsible for nest failure in 29% of 48 C. mexicanus nesting attempts, with 5 abandoned and 9 destroyed. Although the studies are widespread, they have been limited to a few individuals without concern for the relative home ranges of the species (e.g. backyard nest boxes for 4 yr).</t>
         </is>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>Bennett, W. A. (1990). Scale of Investigation and the Detection of Competition: An Example from the House Sparrow and House Finch Introductions in North America. Am. Nat. 135, 725–747</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Two forms of the House Sparrow, P. d. indicus (southern Israel and Arabia through southern Asia to Laos) and the nominate domesticus (western Europe through northern Asia to northwestern Manchuria), introduced to East London in the Eastern Cape and to Durban, Natal, in South Africa, and various dates between 1890 and 1930 have been suggested by different authors for the earliest releases in different localities. A possibly inhibiting element, at least in the early years of the House Sparrow’s expansion, may have been competition with the indigenous Cape Sparrow or Mossie P. m. melanurus and perhaps the Southern Grey-headed Sparrow P. diffusus. Opinions differ on the impact, if any, of the House Sparrow on the native P. m. melanurus, which it has been accused of replacing particularly in urban and agricultural localities, and the evidence is contradictory and inconclusive.</t>
         </is>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Therefore, in the eastern states, investigations on a regional scale suggest that the introduction of C. mexicanus is responsible for declines in the density of P. domesticus, whereas in the western states, investigations at back-yard nest boxes suggest that the introduction of P. domesticus is responsible for declines in the abundance of C. mexicanus in urbanized habitats (Bergtold 1913; Cody 1974). Bergtold (1913) described how, between 1906 and 1910, 16% of the C. mexicanus eggs and young in nine nest boxes attached to his home in Denver, Colorado, were lost through intense interference by P. domesticus. In addition, many nests were also lost, in spite of Bergtold's persistent removal of P.  domesticus with a shotgun. More recently, Evenden (1957) studied the nesting success of C.  mexicanus at his home in Sacramento, California. From 1950 to 1954, P. domesticus was responsible for nest failure in 29% of 48 C. mexicanus nesting attempts, with 5 abandoned and 9 destroyed. Although the studies are widespread, they have been limited to a few individuals without concern for the relative home ranges of the species (e.g. backyard nest boxes for 4 yr).</t>
+          <t>House Sparrows commonly nest under the eaves of buildings (Fig. 9), but will also use nest boxes intended for Eastern Bluebirds or Purple Martins, and may even evict resident birds. These invasive birds will use nest boxes intended for native birds and are known to evict other birds from nest sites, destroying eggs, killing nestlings, and sometimes killing incubating females. Male House Sparrows vigorously defend the area around their nests and may prevent other birds from nesting nearby. House Sparrows are also able to rapidly rebuild nests that are destroyed, an ability that gives them a competitive advantage in urban settings.</t>
         </is>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H17" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="I17" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>In  18 (90%) of the traumatic bluebird deaths, House Sparrows were at the nesting boxes on my visits to boxes preceding my discovery of dead bluebirds. House Sparrows were also at these nesting boxes after 18 (90%) of the traumatic bluebird deaths. Bluebirds were at these nest sites only once after the discovery of a dead bluebird with contus. The  contingency table analyses (tests of independence using the G-statistic from Sokal and Rohlf 1981) in Table 1 indicate that traumatic deaths of bluebirds are not independent of either (a) later or (b) earlier occupancy of the nest boxes by House Sparrows. Attempted  predation by cats or other mammals could explain some of these traumatic bluebird deaths. However, because all  of  the  bluebirds  discovered  dead  with  contusions were  on  the  farm and orchard study sites having populations of House Sparrows, while none occurred on study sites lacking House Sparrow populations, aggressive competition from House Sparrows seems a parsimonious conclusion supported by the above contingency analysis. The circumstantial and correlational evidence supports the conclusion that House Sparrows kill Eastern Bluebirds and suggests that the interactions of these two species might be well studied from the perspective of the current debate over how competition affects community structure.</t>
+          <t>Therefore, in the eastern states, investigations on a regional scale suggest that the introduction of C. mexicanus is responsible for declines in the density of P. domesticus, whereas in the western states, investigations at back-yard nest boxes suggest that the introduction of P. domesticus is responsible for declines in the abundance of C. mexicanus in urbanized habitats (Bergtold 1913; Cody 1974). Bergtold (1913) described how, between 1906 and 1910, 16% of the C. mexicanus eggs and young in nine nest boxes attached to his home in Denver, Colorado, were lost through intense interference by P. domesticus. In addition, many nests were also lost, in spite of Bergtold's persistent removal of P.  domesticus with a shotgun. More recently, Evenden (1957) studied the nesting success of C.  mexicanus at his home in Sacramento, California. From 1950 to 1954, P. domesticus was responsible for nest failure in 29% of 48 C. mexicanus nesting attempts, with 5 abandoned and 9 destroyed. Although the studies are widespread, they have been limited to a few individuals without concern for the relative home ranges of the species (e.g. backyard nest boxes for 4 yr).</t>
         </is>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H18" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>42</v>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Bennett, W. A. (1990). Scale of Investigation and the Detection of Competition: An Example from the House Sparrow and House Finch Introductions in North America. Am. Nat. 135, 725–747</t>
+        </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>9</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Concerns over the possibility of transfer of parasites and pathogens from sparrows to fodies and of competition between the two species lead the Mauritian Wildlife Foundation (MWF) to attempt the eradication of house sparrows on Round Island prior to the release of Mauritius fodies.</t>
-[...8 lines deleted...]
-        </is>
+          <t>In  18 (90%) of the traumatic bluebird deaths, House Sparrows were at the nesting boxes on my visits to boxes preceding my discovery of dead bluebirds. House Sparrows were also at these nesting boxes after 18 (90%) of the traumatic bluebird deaths. Bluebirds were at these nest sites only once after the discovery of a dead bluebird with contus. The  contingency table analyses (tests of independence using the G-statistic from Sokal and Rohlf 1981) in Table 1 indicate that traumatic deaths of bluebirds are not independent of either (a) later or (b) earlier occupancy of the nest boxes by House Sparrows. Attempted  predation by cats or other mammals could explain some of these traumatic bluebird deaths. However, because all  of  the  bluebirds  discovered  dead  with  contusions were  on  the  farm and orchard study sites having populations of House Sparrows, while none occurred on study sites lacking House Sparrow populations, aggressive competition from House Sparrows seems a parsimonious conclusion supported by the above contingency analysis. The circumstantial and correlational evidence supports the conclusion that House Sparrows kill Eastern Bluebirds and suggests that the interactions of these two species might be well studied from the perspective of the current debate over how competition affects community structure.</t>
+        </is>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>46</v>
+      </c>
+      <c r="H19" t="s">
+        <v>29</v>
+      </c>
+      <c r="I19" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>According to Ash (1984), House Sparrows of the form P. d. indicus were a recent immigrant in the Maldives, where they occurred only on Malé. Whether they arrived naturally from southern India or by ship is unknown. Ash (1984)  expressed his concern should P. domesticus spread to other islands in the archipelago on which millet Panicum sp. is grown.</t>
+          <t>Concerns over the possibility of transfer of parasites and pathogens from sparrows to fodies and of competition between the two species lead the Mauritian Wildlife Foundation (MWF) to attempt the eradication of house sparrows on Round Island prior to the release of Mauritius fodies.</t>
         </is>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
-      <c r="I20" t="s">
-        <v>16</v>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>Bednarczuk E., Feare C.J., Lovibond S., Tatayah V. &amp; Jones C.G. (2010) Attempted eradication of house sparrows Passer domesticus from Round Island (Mauritius), Indian Ocean. Conservation Evidence, 7, 75-86</t>
+        </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>We quantified the impact of nesting and roosting House Sparrows ( Passer domesticus) on nesting success of Cliff Swallows (Petrochelidon pyrrhonota) in colonies in western Arkansas in 2007 and 2008. Two sections of a large swallow colony under a bridge with House Sparrows were compared in 2007 to two sections with little House Sparrow usage. Nesting success of Cliff Swallows (percent of nests yielding at least 1 chick) was 61% in sections with low House Sparrow activity, significantly higher than the 30% in sections with high House Sparrow activity. House Sparrows defended a broad zone surrounding their nests from Cliff Swallow nesting attempts. We compared the proportion of nests used, clutch sizes, and brood sizes of Cliff Swallows in two colonies in 2008, one with and one without House Sparrow activity. In the colony without House Sparrow activity, 48% of old and new nests were used by swallows versus only 8% in the colony with House Sparrows. Swallow clutch sizes were similar in the two colonies, but swallow brood sizes in the colony with no House Sparrows were significantly higher, mean 52.3 nestlings per nest (mode 52; 75th percentile 53) compared to 0.8 nestlings (mode 50; 75th percentile 51) in the colony with House Sparrows. This suggests Cliff Swallows are less successful when House Sparrows are present in colonies.</t>
-[...14 lines deleted...]
-        </is>
+          <t>According to Ash (1984), House Sparrows of the form P. d. indicus were a recent immigrant in the Maldives, where they occurred only on Malé. Whether they arrived naturally from southern India or by ship is unknown. Ash (1984)  expressed his concern should P. domesticus spread to other islands in the archipelago on which millet Panicum sp. is grown.</t>
+        </is>
+      </c>
+      <c r="F21"/>
+      <c r="G21"/>
+      <c r="H21"/>
+      <c r="I21" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>We quantified the impact of nesting and roosting House Sparrows ( Passer domesticus) on nesting success of Cliff Swallows (Petrochelidon pyrrhonota) in colonies in western Arkansas in 2007 and 2008. Two sections of a large swallow colony under a bridge with House Sparrows were compared in 2007 to two sections with little House Sparrow usage. Nesting success of Cliff Swallows (percent of nests yielding at least 1 chick) was 61% in sections with low House Sparrow activity, significantly higher than the 30% in sections with high House Sparrow activity. House Sparrows defended a broad zone surrounding their nests from Cliff Swallow nesting attempts. We compared the proportion of nests used, clutch sizes, and brood sizes of Cliff Swallows in two colonies in 2008, one with and one without House Sparrow activity. In the colony without House Sparrow activity, 48% of old and new nests were used by swallows versus only 8% in the colony with House Sparrows. Swallow clutch sizes were similar in the two colonies, but swallow brood sizes in the colony with no House Sparrows were significantly higher, mean 52.3 nestlings per nest (mode 52; 75th percentile 53) compared to 0.8 nestlings (mode 50; 75th percentile 51) in the colony with House Sparrows. This suggests Cliff Swallows are less successful when House Sparrows are present in colonies.</t>
+        </is>
+      </c>
+      <c r="F22" t="s">
+        <v>37</v>
+      </c>
+      <c r="G22" t="s">
         <v>38</v>
       </c>
-      <c r="C22" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>51</v>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>Leasure, D. R., Ragupathy, K. &amp; James, D. A. (2010). House sparrows associated with reduced cliff swallow nesting success. Wilson J. Ornithol. 122, 135–138 (2010).</t>
+        </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>This paper summarizes the different steps of a decision-making protocol applied to the recent establishment of an exotic species, the House Sparrow Passer domesticus, in the Lesser Antilles. This pest bird damages crops, fruits and stored food products and also competes with numerous hole-nesting birds in a large part of its range, and this requires more or less rapid management decision to limit its impact. At the island scale, we focused on the recently invaded French islands of Saint-Martin and Guadeloupe, where breeding has already been reported. the establishment of House Sparrow in West Indian islands is more likely to have adverse effects than present any advantage.</t>
         </is>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23" t="inlineStr">
         <is>
           <t>Clergeau, P., Levesque, A. &amp; Lorvelec, O. (2004). The precautionary principle and biological invasion: the case of the House Sparrow on the Lesser Antilles. International Journal of Pest Management, 50(2), pp.83–89.</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>While  the  Purple  Martin  is  indeed  a  larger  bird  and  they  may  tussle  and  knock  the  House  Sparrow  to  the ground, the martins are not often successful at getting the tenacious  HOSP  to  leave  the  site. The  HOSP  may  leave  the  site  in  the  short  term,  but  once  the  martins  leave  to  feed, he/she will return to try to claim a nest cavity, often puncturing martin eggs or killing nestlings and throwing them from the nest.  I  have  also  watched  my  bluebirds  and  Tree  Swallows  drive  the  HOSP  off  the  site,  only  to  find  the  HOSP  has  claimed their nestbox the next morning and killed either the adults or the adults and their  young. These  birds  are  physically  not  suited for battle inside a nest cavity when matched against a HOSP, whose conical finch  beak  can  crush  like  a  miniature  vise  and  who  has  a  strong  desire  to  kill all nest competitors. With their explosive birth rates (they can breed up  to  four  times  a  year),  there will be intense competition for nest sites if they are allowed to breed. It has been painful dealing with dead and injured  Tree  Swallow  nestlings,  broken  bluebird  and  Purple Martin eggs and watching the narrow escapes of both adult  chickadees  and  bluebirds  from  certain  death  by  a  male HOSP determined to steal their nest boxes.</t>
         </is>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts in Missouri. The impact severity could be higher.</t>
         </is>
       </c>
       <c r="H24" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I24" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Nest-site competition from the non-native, invasive house sparrow (introduced 1870s) and European starling (from 1900s).  Both will evict bluebirds from their nests and kill chicks and adults.</t>
         </is>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="H25" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="I25" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C26" t="s">
         <v>50</v>
       </c>
       <c r="D26" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Examination of crop contents confirmed a mainly granivorous diet including seed/fruit of scarlet spiderling Boerhavia coccinea, red spiderling B. diffiusa, false tamarind Desmanthus virgatus, crabgrass Digitaria horizontalis, passion flower Passiflora suberosa, black nightshade Solanum nigrum and millet.</t>
         </is>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
+        <v>57</v>
+      </c>
+      <c r="H26" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="I26" t="inlineStr">
         <is>
           <t>Bednarczuk E., Feare C.J., Lovibond S., Tatayah V. &amp; Jones C.G. (2010) Attempted eradication of house sparrows Passer domesticus from Round Island (Mauritius), Indian Ocean. Conservation Evidence, 7, 75-86</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>9</v>
       </c>
       <c r="B27" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Results from investigations on different scales are interpreted with an assessment of the scales on which the competitors perceive habitat and each other. Interference competition between the introduced house sparrow (Passer domesticus) and native house finch (Carpodacus mexicanus) observed at backyard nest boxes for 4 yr in the western United States may have resulted in habitat segregation on a larger scale along a rural-urban habitat gradient. Competition may be occurring in the eastern states since the introduction of C. mexicanus in 1940. Christmas Bird Count data were examined for patterns in species abundance predicted by competition theory, using three scales of investigation: local (area 24 km in diameter), regional (area 250 km in diameter), and continental (between areas of sympatry and allopatry). The major findings suggest that competition has not influenced patterns of changes in the abundances of the competitors on a local scale in urban and rural habitats in the eastern United States or on a regional scale in the eastern and western United States. On a continental scale, the presence of C. mexicanus may have accelerated widespread declines in the density of P. domesticus in areas of sympatry across the United States, possibly because of the energetic demands of interference competition. The dissimilar behavior and foraging strategies of the competitors may permit coexistence in all habitats, such that the niche of P. domesticus is included in the niche of C. mexicanus. Differences in the perception of habitat by the competitors may preclude the development of habitat segregation along a rural-urban habitat gradient. A multi-scale approach to evaluating interspecific competition suggests that investigations on any single scale (e.g., a field experiment) may overemphasize or miss the importance of competition.</t>
         </is>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H27" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I27" t="inlineStr">
         <is>
           <t>Bennett, W. A. (1990). Scale of Investigation and the Detection of Competition: An Example from the House Sparrow and House Finch Introductions in North America. Am. Nat. 135, 725–747</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>9</v>
       </c>
       <c r="B28" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>The US Department of Agriculture has recorded harassment by P. domesticus of more than 70 native bird species, mainly involving competition for food and nesting sites.</t>
         </is>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>9</v>
       </c>
       <c r="B29" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
         <v>60</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>22</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29" t="s">
+        <v>29</v>
+      </c>
+      <c r="I29" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Passer domesticus may evict native birds from their nests and outcompete them for trophic resources (Aguirre and Poss, 2000). Species reported as driven away by P. domesticus include the bluebird and the Carolina wren, as well as a variety of woodpeckers and martins.</t>
         </is>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="H30" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I30" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>9</v>
       </c>
       <c r="B31" t="s">
+        <v>63</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>59</v>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Impact in South America: In some parts of the continent House Sparrows are said to compete for food and, especially, nesting sites, with Rufous-collared Sparrows Zonotrichia capensis, Saffron Finches Sicalis flaveola, Pale-legged Horneros Furnarius leucopus, Bare-faced Ground Doves Metriopelia ceciliae, Hooded Siskins Carduelis magellanica, Palm Tanagers Thraupis palmarum and Common Diuca Finches Diuca diuca.</t>
+        </is>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31" t="s">
         <v>64</v>
       </c>
-      <c r="C31" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="I31" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>9</v>
       </c>
       <c r="B32" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Sparrows, such as the tree sparrows and house sparrows, are prohibited declared pests under the Biosecurity and Agriculture Management Act 2007. Sparrows have  the potential to cause significant damage to grain and horticulture crops and can spread disease to humans and plants. They also damage buildings and compete with native birds for food and nesting sites.Sparrows have recently been reported in the east Kimberley region. A surveillance and removal program  is currently underway.</t>
-[...4 lines deleted...]
-      <c r="H32"/>
+          <t>In  18 (90%) of the traumatic bluebird deaths, House Sparrows were at the nesting boxes on my visits to boxes preceding my discovery of dead bluebirds. House Sparrows were also at these nesting boxes after 18 (90%) of the traumatic bluebird deaths. Bluebirds were at these nest sites only once after the discovery of a dead bluebird with contus. The  contingency table analyses (tests of independence using the G-statistic from Sokal and Rohlf 1981) in Table 1 indicate that traumatic deaths of bluebirds are not independent of either (a) later or (b) earlier occupancy of the nest boxes by House Sparrows. Attempted  predation by cats or other mammals could explain some of these traumatic bluebird deaths. However, because all  of  the  bluebirds  discovered  dead  with  contusions were  on  the  farm and orchard study sites having populations of House Sparrows, while none occurred on study sites lacking House Sparrow populations, aggressive competition from House Sparrows seems a parsimonious conclusion supported by the above contingency analysis. The circumstantial and correlational evidence supports the conclusion that House Sparrows kill Eastern Bluebirds and suggests that the interactions of these two species might be well studied from the perspective of the current debate over how competition affects community structure.</t>
+        </is>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" t="s">
+        <v>46</v>
+      </c>
+      <c r="H32" t="s">
+        <v>29</v>
+      </c>
       <c r="I32" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>9</v>
       </c>
       <c r="B33" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="C33" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>In  18 (90%) of the traumatic bluebird deaths, House Sparrows were at the nesting boxes on my visits to boxes preceding my discovery of dead bluebirds. House Sparrows were also at these nesting boxes after 18 (90%) of the traumatic bluebird deaths. Bluebirds were at these nest sites only once after the discovery of a dead bluebird with contus. The  contingency table analyses (tests of independence using the G-statistic from Sokal and Rohlf 1981) in Table 1 indicate that traumatic deaths of bluebirds are not independent of either (a) later or (b) earlier occupancy of the nest boxes by House Sparrows. Attempted  predation by cats or other mammals could explain some of these traumatic bluebird deaths. However, because all  of  the  bluebirds  discovered  dead  with  contusions were  on  the  farm and orchard study sites having populations of House Sparrows, while none occurred on study sites lacking House Sparrow populations, aggressive competition from House Sparrows seems a parsimonious conclusion supported by the above contingency analysis. The circumstantial and correlational evidence supports the conclusion that House Sparrows kill Eastern Bluebirds and suggests that the interactions of these two species might be well studied from the perspective of the current debate over how competition affects community structure.</t>
+          <t>In the Brazilian Amazon, house sparrows are most conspicious in public squares where they often roost in large trees. Their diet includes discarded rice kernels, grass seeds, bread scraps, cashew, and insects. Invertebrates are gleaned from mango leaves, chased through grass and caught on the wing in flycatcher fashion.</t>
         </is>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="H33"/>
       <c r="I33" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>9</v>
       </c>
       <c r="B34" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D34" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>In the Brazilian Amazon, house sparrows are most conspicious in public squares where they often roost in large trees. Their diet includes discarded rice kernels, grass seeds, bread scraps, cashew, and insects. Invertebrates are gleaned from mango leaves, chased through grass and caught on the wing in flycatcher fashion.</t>
+          <t>As early as 1882 the Small Birds Nuisance Act was passed in an attempt to control House Sparrows and other small introduced pest species. Dawson (1970) estimated the average grain loss through House Sparrow depredation at between five and 20%. ‘House Sparrows’, wrote Heather &amp; Robertson (1997), ‘are probably the most economically important bird pest in New Zealand, by causing serious damage to wheat, barley, and maize crops, and lesser damage to oats and seedling peas and brassicas. They also attack grapes, cherries, and other ripening fruit, and feed on grain products being fed to livestock and poultry’. In compensation they eat large quantities of destructive beetles, caterpillars, leafhoppers, grasshoppers and flies.</t>
         </is>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>67</v>
       </c>
-      <c r="H34"/>
+      <c r="H34" t="s">
+        <v>68</v>
+      </c>
       <c r="I34" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>9</v>
       </c>
       <c r="B35" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>25</v>
+      </c>
+      <c r="E35" t="s">
+        <v>69</v>
+      </c>
+      <c r="F35" t="s">
+        <v>22</v>
+      </c>
+      <c r="G35" t="s">
+        <v>55</v>
+      </c>
+      <c r="H35" t="s">
         <v>29</v>
       </c>
-      <c r="D35" t="s">
-[...13 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>