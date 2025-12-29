--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -47,150 +47,150 @@
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Acacia mearnsii</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Chemical impact on ecosystems</t>
   </si>
   <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Rhizobium sp.</t>
+  </si>
+  <si>
+    <t>Structural Impact on ecosystem</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Virgilia divaricata</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Sampling from sites representing four invasion conditions: no invasion, invasive trees, invasive fish, invasive trees and fish.</t>
+  </si>
+  <si>
+    <t>Mascarene Archipelago</t>
+  </si>
+  <si>
+    <t>Poisoning/ toxicity</t>
+  </si>
+  <si>
+    <t>Used aerial photos and GIS to ID trees.</t>
+  </si>
+  <si>
+    <t>Species level not identified. 6 sites were sampled.</t>
+  </si>
+  <si>
+    <t>Taxa: Araneae, Coleoptera, Diptera, Hemiptera, Hymenoptera, Lepidoptera, Formicidae</t>
+  </si>
+  <si>
+    <t>Pristine, invaded and cleared areas looked at.</t>
+  </si>
+  <si>
     <t>DD</t>
   </si>
   <si>
-    <t>Structural Impact on ecosystem</t>
-[...16 lines deleted...]
-  <si>
     <t>Impact on natives not taken into account. Cleared versus invaded.</t>
   </si>
   <si>
-    <t>Poisoning/ toxicity</t>
-[...1 lines deleted...]
-  <si>
     <t>MN</t>
   </si>
   <si>
     <t xml:space="preserve">Germination of both Cabbage and Africa love-grass were significantly (P </t>
   </si>
   <si>
     <t>Brassica oleraceae, Eragrostis curvula and Zea mays</t>
   </si>
   <si>
-    <t>Competition</t>
-[...1 lines deleted...]
-  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Soil samples collected and study done in glasshouse conditions, i.e. not natural conditions.</t>
   </si>
   <si>
     <t>Quercus suber</t>
   </si>
   <si>
-    <t>MR</t>
-[...4 lines deleted...]
-  <si>
     <t>Used 20 sites &amp; pitfall traps.</t>
   </si>
   <si>
     <t>Physical Impact on ecosystem</t>
   </si>
   <si>
     <t>Invaded, uninvaded and cleared area studied. Signs of recovery of natives, thus MR.</t>
   </si>
   <si>
-    <t>Pristine, invaded and cleared areas looked at.</t>
+    <t>Small scale study. Diversity indices gave different results.</t>
+  </si>
+  <si>
+    <t>Eragrostis plana, Eragrostis curvula, Themeda triandra and Hyparrhenia Hirta</t>
+  </si>
+  <si>
+    <t>Quercus suber L.</t>
+  </si>
+  <si>
+    <t>The total number of isolates of each species differed significantly (P </t>
   </si>
   <si>
     <t>Appendix 3</t>
   </si>
   <si>
-    <t>Rhizobium sp.</t>
-[...1 lines deleted...]
-  <si>
     <t>Lab-based experiments. Impacted bacteria not identified to species level</t>
-  </si>
-[...25 lines deleted...]
-    <t>Virgilia divaricata</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -262,999 +262,999 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Mean total nitrogen content in infiltrated sediments of the invaded site on the Wit River were up to 30% and total phosphorus up to 43% higher than in the fynbos site. These results support the hypothesis that A. mearnsii invasions and clearing may have a significant influence on sediment-associated nutrients in streams of the CFR. Nutrient concentrations in sediments were significantly lower during the wet winter months compared to warm summer months. The temporal results suggest that peak litterfall rates, relative suspended sediment loads and hydrometeological factors (i.e. discharge, stream temperature and rainfall) are important drivers of temporal dynamics.</t>
-[...4 lines deleted...]
-      <c r="H2"/>
+          <t>Next generation sequencing data revealed that invaded soils generally harboured lower rhizobial diversity and were compositionally more homogenous compared to uninvaded soils. Bradyrhizobium strains, the most common known rhizobia associated with acacias, were more abundant in invaded than uninvaded sites. Mixed-model ANOVAs, accounting for variability between sites, indicated that some diversity metrics (H and Si) of rhizobial communities were significantly lower in invaded soils compared to uninvaded soils  (S:  F = 1.08,  p = .32;  H:  F = 5.96,  p &lt; .05,  Si:  F = 4.91,  p &lt; .05,  J: F = 2.12, p =.168, Table S3; Figure 1). The PERMANOVA model, accounting for variability between sites, indicated that invasion status significantly altered the composition of soil rhizo-bial communities (F = 1.61,  R2 = .091,  p &lt; .001, also see heatmap in Figure S1). On the other hand, the relative abun-dances (%) of bradyrhizobia were not significantly different be-tween all pairwise sampled invaded and uninvaded soils (t test on arcsine transformed percentages; Bilton: t = 0.94, df = 4, p = .402; Rustenburg: t = 2.45, df = 4, p = .07; Vergelegen: t=−0.33, df = 4, p=.76,Figure S3).</t>
+        </is>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Do not know if it is a combined or one or two Acacias causing this effect. Extreme dominance by one or two acacia species within invaded sites could drive this pattern through strong host selec-tion for compatible rhizobia, exacerbated by lower native legume host diversity and abundance.  Sites had different combinations of dominant invasive acacias present. Vergelegen was invaded by Acacia longifolia (Andrews) Willd., A. mearnsii De Wild., and A. saligna (Labill.) H.L.Wendl. Bilton by A. cyclops A.Cunn. ex Don, A. longifolia and A. saligna. Rustenberg by A. pycnantha Benth., A. mearnsii and A. melanoxylon R.Br..</t>
+        </is>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Wiener KD (2018) Quantifying the impacts of invasive N2-fixing plants on relative sediment loads and nutrient concentrations in mountain streams of the Cape Floristic Region, South Africa. PHD Thesis. Stellenbosch University (Stellenbosch). http://hdl.handle.net/10019.1/103941</t>
+          <t>Le Roux JJ, Ellis AG, van Zyl LM, Hosking ND, Keet JH, Yannelli FA (2018) Importance of soil legacy effects and successful mutualistic interactions during Australian Acacia invasions in nutrient‐poor environments. Journal of Ecology 106: 2071-2081. https://doi.org/10.1111/1365-2745.12965</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>On average, highest and lowest soil CO2 effluxes between invasion statuses were found at invaded riparian sites with RS rates of 5.65µmol m-2 s1 , and lowest values of 2.89 µmol m-2 s-1 at natural, and 2.53 µmol m-2 s-1 at the cleared riparian sites during summer. When Acacia individuals are removed from riparian dry banks, RS declines significantly, such that rates resemble those in natural riparian ecotones, suggesting a restoration of ecosystem functioning, at least insofar carbon cycling is concerned.</t>
-[...4 lines deleted...]
-      <c r="H3"/>
+          <t>Heavily invaded sites had the lowest species richness for all herbivores (t value = 9.23, p\0.001; Fig. 2b) and predators (t = 4.66, p = 0.002; Fig. 2b). Leaf suckers and chewers were more species rich in near-pristine compared to the heavily invaded and restored sites which were statistically similar (t value = 6.89, p\0.001; t value = 10.17, p\0.001, respectively, Fig. 2b). Predators were more abundant in near-pristine than in heavily invaded and restored sites (t value = 2.59, p = 0.03; Fig. 2a).</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Three categories of invasion status of the selected catchments were the heavily invaded by Acacia mearnsii, the formerly invaded sites that were cleared of invasive trees more than ca. 7 years prior to this stud and the pristine sites.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Brabejum stellatifolium, Metrosideros angustifolia. Setapion provincial and S. quantillum. Herbivorous members of the Hemiptera, Coleoptera and larval. Araneae, Mantodea, and predatory Coleoptera. Hemiptera sp.</t>
+        </is>
+      </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Kambaj Kambol O (2013) In situ and ex situ soil respiration in natural, Acacia-invaded and cleared riparian ecotones in the Fynbos Biome. PHD Thesis. Stellenbosch University (Stellenbosch). http://hdl.handle.net/10019.1/79854</t>
+          <t>Maoela MA, Esler KJ, Jacobs SM, Roets F (2019) Invasive plant removal increases insect herbivory pressure on a native tree due to an increase in resource quality. Plant Ecology 220: 649-661. https://doi.org/10.1007/s11258-019-00942-z</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Heavily invaded sites had the lowest species richness for all herbivores (t value = 9.23, p\0.001; Fig. 2b) and predators (t = 4.66, p = 0.002; Fig. 2b). Leaf suckers and chewers were more species rich in near-pristine compared to the heavily invaded and restored sites which were statistically similar (t value = 6.89, p\0.001; t value = 10.17, p\0.001, respectively, Fig. 2b). Predators were more abundant in near-pristine than in heavily invaded and restored sites (t value = 2.59, p = 0.03; Fig. 2a).</t>
+          <t>Considering that the majority of competitors (and thus competitor biomass) in this study consisted of A. mearnsii, this result suggested that A. mearnsii does not have an apparent negative effect on growth of V. divaricata saplings, even at high densities of the former. This suggests the absence of allelopathic effects of A. mearnsii on V. divaricata during the sapling stage, congruent with the finding that A. longifolia did not inhibit V. oroboides germination although the opposite occurred (McDowell &amp; Moll, 1981).</t>
         </is>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Three categories of invasion status of the selected catchments were the heavily invaded by Acacia mearnsii; the formerly invaded sites that were cleared of invasive trees more than ca. 7 years prior to this study; and the pristine sites.</t>
-[...5 lines deleted...]
-        </is>
+          <t>No uninvaded reference plots mentioned. Circular study plots (2 m radius) were located where at least one individual of V. divaricata (considered as reference species) occurred interspersed within stands of co-occurring A. mearnsii and A. melanoxylon and little other vegetation (Fig. 1). These focal saplings were all the saplings (21 for V. divaricata, 331 for A. mearnsii, 33 for A. melanoxylon) that occurred within the central 1 meter radius plot of the (2 meter radius) study plot (Fig. 1). The performance of each focal sapling was assessed in relation to the collective competition exerted by the remainder of saplings within the two meter radius plot.</t>
+        </is>
+      </c>
+      <c r="H4" t="s">
+        <v>20</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Maoela MA, Esler KJ, Jacobs SM, Roets F (2019) Invasive plant removal increases insect herbivory pressure on a native tree due to an increase in resource quality. Plant Ecology 220: 649-661. https://doi.org/10.1007/s11258-019-00942-z</t>
+          <t>Goets SA, Kraaij T, Little KM (2018) Seed bank and growth comparisons of native (Virgilia divaricata) and invasive alien (Acacia mearnsii and A. melanoxylon) plants: implications for conservation. PeerJ 6:.e5466. http://hdl.handle.net/10.7717/peerj.5466</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>To our knowledge this work demonstrate that the invasion of A. mearnsii into the South African Fynbos biome is supplement and accompanied by an alteration in the nutrient cycling, most specifically notably nitrogen. Inclusive taken together, there is a surfeit of evidence that the invasion of A. mearnsii has the potential through nutrient inputs (litterfall) to alter the N cycling of a landscape and P cycling to a less significant but noticeable significant extend. The high foliar N concentration in leaf litterfall in the riparian zone by A. mearnsii enhances nutrient concentrations especially N in soils under A. mearnsii stands.</t>
-[...4 lines deleted...]
-      <c r="H5"/>
+          <t>Invertebrate assemblages were sensitive to invasion from bass and/or wattle: in the presence of A. mearnsii the abundance of some cobble-dwelling taxa were reduced, while those of particle-feeding mayflies and chironomids increased, reflecting increased leaf litter and sediment produced by acacias. Sites with invasive trees showed a reduction in alga-grazing Elmidae and Heptageniidae (but, paradoxically, not Limnichidae) and an increase in particlefeeding Leptophlebiidae and Caenidae. Invertebrate assemblages were sensitive to invasion from bass and/or wattle: in the presence of A. mearnsii the abundance of some cobble-dwelling taxa were reduced, while those of particle-feeding mayflies and chironomids increased, reflecting increased leaf litter and sediment produced by acacias.</t>
+        </is>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Chironomidae, Simuliidae, Athericidae, Culicidae, Blephariceridae, Dixidae, Ceratopogonidae, Empididae, Tabanidae, Tipulidae, Muscidae, Baetidae, Caenidae, Leptophlebidae, Heptagenidae, Teloganodidae, Gomphidae, Zygoptera, Aeshnidae, Libellulidae, C. afra, Athripsodini, Hydroptilidae, Leptecho helicotheca, Oecetis, Ecnomidae, Philopotamidae, Macrostemum, Sericostomatidae, Polycentropodidae, Leptoceridae sp., Glossosomatidae, Parecnomina, Petrothrincidae, Elmidae, Limnichidae</t>
+        </is>
+      </c>
       <c r="I5" t="inlineStr">
         <is>
-          <t>Railoun MZ (2018) Impacts of the invasive tree Acacia mearnsii on riparian and instream aquatic environments in the Cape Floristic Region, South Africa. PHD Thesis. Stellenbosch University (Stellenbosch).</t>
+          <t>Lowe SR, Woodford DJ, Impson DN, Day JA (2008) The impact of invasive fish and invasive riparian plants on the invertebrate fauna of the Rondegat River, Cape Floristic Region, South Africa. African Journal of Aquatic Science 33: 51-62. https://doi.org/10.2989/AJAS.2007.33.1.6.390</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Overall arthropod abundance was significantly higher on V. divaricata than on A. mearnsii (Table 2-3). Herbivores occurred in higher abundance on the native host plant, while Detritivores had higher abundances on the invasive host. Other feeding guilds were unaffected by host plant identity (native or invasive). Within taxonomic groupings, the Araneae, Lepidoptera and Formicidae occurred in higher abundances on the native host plant, while other taxonomic groupings were unaffected by host plant identity (Table 2-3).</t>
+          <t>Only eighteen native plant species were present in the invaded patches and these in only 21 of the 48 patches. The Acacia invasion patches colonized by native flora were older and closer to the closest forest remnant. Most invasion patches colonized by native species were located </t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G6" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>25</v>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Antirhea borbonica, Anthoxanthum odoratum, Aphloia theiformis, Claoxylon glandulosum, Clematis mauritiana, Cyathea borbonica, Cyathea excelsa, Doratoxylon apetalum, Hypericum lanceolatum, Nuxia verticillata, Ocoteaobtusata, Olea lancea, Philippia montana, Pittosporum senacia, Poaceae sp., Polygonum sp., Rubus apetalus, Smilax anceps</t>
+        </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Van der Colff D (2014) Plant stress and the prevalence of pests and pathogens associated with a native and an invasive alien legume tree in the Cape Floristic Region, South Africa. PHD Thesis. Stellenbosch University (Stellenbosch). http://hdl.handle.net/10019.1/86322</t>
+          <t>Tassin J, Médoc JM, Kull CA, Rivière JN, Balent G (2009) Can invasion patches of Acacia mearnsii serve as colonizing sites for native plant species on Réunion (Mascarene archipelago)? African Journal of Ecology 47: 422-432. https://doi.org/10.1111/j.1365-2028.2008.01021.x</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Results on soil nutrient changes between invaded and uninvaded abandoned agricultural fields compared to natural sites were varied, with significantly higher total C and cations of Na and Mg reported in A. mearnsii invaded abandoned agricultural fields, whereas soil pH and P were significantly higher in uninvaded abandoned agricultural fields.</t>
-[...4 lines deleted...]
-      <c r="H7"/>
+          <t>Overall arthropod abundance was significantly higher on V. divaricata than on A. mearnsii (Table 2-3). Herbivores occurred in higher abundance on the native host plant, while Detritivores had higher abundances on the invasive host. Other feeding guilds were unaffected by host plant identity (native or invasive). Within taxonomic groupings, the Araneae, Lepidoptera and Formicidae occurred in higher abundances on the native host plant, while other taxonomic groupings were unaffected by host plant identity (Table 2-3).</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" t="s">
+        <v>26</v>
+      </c>
+      <c r="H7" t="s">
+        <v>27</v>
+      </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Ruwanza S (2017) Invasion of abandoned agricultural fields by acacia mearnsii affect soil properties in eastern cape, south africa. Applied Ecology and Environmental Research 15: 127-139. http://dx.doi.org/10.15666/aeer/1501_127139</t>
+          <t>Van der Colff D (2014) Plant stress and the prevalence of pests and pathogens associated with a native and an invasive alien legume tree in the Cape Floristic Region, South Africa. PHD Thesis. Stellenbosch University (Stellenbosch). http://hdl.handle.net/10019.1/86322</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Water infiltration rate was significantly faster on lightly and densely invaded sites when compared to both uninvaded and cleared sites (Table 1). However, percentage soil moisture was significantly higher on lightly invaded sites than densely invaded sites. Sites that were densely invaded by A. mearnsii were slightly more acidic compared to the uninvaded and cleared sites. Densely invaded sites had higher concentrations of P, C and N than uninvaded sites (Table 2), whereas, Na and Mg showed a relative decrease in densely invaded sites compared to uninvaded sites. Invasion by A. mearnsii reduced species basal cover by 15 and 42% on lightly and densely invaded sites, respectively, when compared to uninvaded sites. Mean percent basal cover for Decreaser species, Increaser II species, Increaser III species and species falling into the ‘other’ group (Figure 2) differed significantly between treatments. Mean percent basal cover of Decreaser species on uninvaded sites was higher than that on densely invaded sites. Increaser II species mean percent basal cover on cleared sites was higher than that on densely invaded sites. Increaser III species mean percent basal cover was higher on cleared sites when compared to all other categories. Cover of ‘other’ was higher on lightly invaded sites when compared to cleared sites (Figure 2). The impact on lightly invaded sites include loss of grass cover and that of high gazing value Decreaser species Themeda triandra and Sporobolus fimbriatus, which were more prominent in uninvaded sites.</t>
+          <t>The invasion significantly decreased the cover of all other fynbos growth forms such as shrubs, woody herbs, forbs, grasses, restios, sedges and geophytes. Plant species richness decreased on all slopes invaded by A. mearnsii and is a result of the highly competitive advantage of the trees that led to a degraded native vegetation composition.</t>
         </is>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
-[...10 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G8" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8"/>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Yapi TS, O’Farrell PJ, Dziba LE, Esler KJ (2018) Alien tree invasion into a South African montane grassland ecosystem: impact of Acacia species on rangeland condition and livestock carrying capacity. International Journal of Biodiversity Science, Ecosystem Services &amp; Management 14: 105-116. https://doi.org/10.1080/21513732.2018.1450291</t>
+          <t>Van der Waal BW (2009) The influence of Acacia mearnsii invasion on soil properties in the Kouga Mountains, Eastern Cape, South Africa. PHD Thesis. Rhodes University. https://core.ac.uk/download/pdf/145046448.pdf</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Soil pH and carbon were significantly different in the soils collected from under and outside canopies. Soil pH was acidic on soils collected from under canopies while soil from outside tree canopies was basic. Soil nitrogen content was significant different in soils from under tree canopies than from outside, with soils from under the canopies higher in nitrogen content compared to soils from outside the canopies. The production in plots with no trees recorded significantly higher ( p &lt; 0.05) herbage biomass production (290 kg ha-1) compared to the plots that had trees (22 kg ha-1) for this study. A. mearnsii grows to a height of approximately 10m blocking and reducing light availability to growing understory vegetation through its shade effect. Reduced light therefore led to slow and reduced growth of herbaceous vegetation.  Soil from under A.mearnsii canopies was more acidic (3.05) compared to that from outside (5.47). It is concluded that Acacia mearnsii significantly reduces groundwater recharge, soil pH, biomass production and native vegetation seed bank whilst increasing soil nitrogen and soil organic carbon under its canopies.</t>
-[...12 lines deleted...]
-      </c>
+          <t>Results on soil nutrient changes between invaded and uninvaded abandoned agricultural fields compared to natural sites were varied, with significantly higher total C and cations of Na and Mg reported in A. mearnsii invaded abandoned agricultural fields, whereas soil pH and P were significantly higher in uninvaded abandoned agricultural fields.</t>
+        </is>
+      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9"/>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Moyo HPM (2010) Effects of Removing Acacia Mearnsii on the Water Table, Soil and Vegetation Properties in the Tsomo Valley of the Eastern Cape Province, South Africa/cHloniphani Peter Mthunzi Moyo. PHD Thesis. University of Fort Hare. https://core.ac.uk/download/pdf/145041994.pdf</t>
+          <t>Ruwanza S (2017) Invasion of abandoned agricultural fields by acacia mearnsii affect soil properties in eastern cape, south africa. Applied Ecology and Environmental Research 15: 127-139. http://dx.doi.org/10.15666/aeer/1501_127139</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
-[...14 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Mean total nitrogen content in infiltrated sediments of the invaded site on the Wit River were up to 30% and total phosphorus up to 43% higher than in the fynbos site. These results support the hypothesis that A. mearnsii invasions and clearing may have a significant influence on sediment-associated nutrients in streams of the CFR. Nutrient concentrations in sediments were significantly lower during the wet winter months compared to warm summer months. The temporal results suggest that peak litterfall rates, relative suspended sediment loads and hydrometeological factors (i.e. discharge, stream temperature and rainfall) are important drivers of temporal dynamics.</t>
+        </is>
+      </c>
+      <c r="F10"/>
+      <c r="G10"/>
+      <c r="H10"/>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Fatunbi AO, Dube S, Yakubu MT, Tshabalala T (2009) Allelopathic potential of Acacia mearnsii De Wild. World Applied Sciences Journal 7: 1488-1493. https://www.researchgate.net/profile/Thulani-Tshabalala/publication/216366703_Allelopathic_Potential_of_Acacia_mearnsii_De_Wild_World_Applied_Sciences_Journal/links/0f317536743ce99fb1000000/Allelopathic-Potential-of-Acacia-mearnsii-De-Wild-World-Applied-Sciences-Journal.pdf</t>
+          <t>Wiener KD (2018) Quantifying the impacts of invasive N2-fixing plants on relative sediment loads and nutrient concentrations in mountain streams of the Cape Floristic Region, South Africa. PHD Thesis. Stellenbosch University (Stellenbosch). http://hdl.handle.net/10019.1/103941</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>The invasive A. mearnsii reduced groundwater recharge through altering interception, infiltration, surface runoff, transpiration through the use of their deep rooting system. This also allowed A. mearnsii to utilize that water that would have ended up in rivers or streams instead. The presence of A. mearnsii affected water recharge by directly extracting groundwater from saturated strata and reducing the proportion of rainfall that eventually recharged by interfering with the passage of precipitation from the atmosphere to the water table in the soil.</t>
-[...7 lines deleted...]
-      </c>
+          <t>On average, highest and lowest soil CO2 effluxes between invasion statuses were found at invaded riparian sites with RS rates of 5.65µmol m-2 s1 , and lowest values of 2.89 µmol m-2 s-1 at natural, and 2.53 µmol m-2 s-1 at the cleared riparian sites during summer. When Acacia individuals are removed from riparian dry banks, RS declines significantly, such that rates resemble those in natural riparian ecotones, suggesting a restoration of ecosystem functioning, at least insofar carbon cycling is concerned.</t>
+        </is>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="inlineStr">
         <is>
-          <t>Moyo HPM (2010) Effects of Removing Acacia Mearnsii on the Water Table, Soil and Vegetation Properties in the Tsomo Valley of the Eastern Cape Province, South Africa/cHloniphani Peter Mthunzi Moyo. PHD Thesis. University of Fort Hare. https://core.ac.uk/download/pdf/145041994.pdf</t>
+          <t>Kambaj Kambol O (2013) In situ and ex situ soil respiration in natural, Acacia-invaded and cleared riparian ecotones in the Fynbos Biome. PHD Thesis. Stellenbosch University (Stellenbosch). http://hdl.handle.net/10019.1/79854</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>The results clearly demonstrated a strong deleterious impact of A. mearnsii invasion level on soil chemical characteristics, microbial functions and EcM community structure and colonization, correlated to a decrease in the early growth of Q. suber seedlings. The study, conducted in glasshouse conditions, clearly shows that the presence of A. mearnsii highly impact soil properties, microbial functions and ectomycorrhizal (EcM) community (structure and colonization rate) of natural habitats. In the current case, it leads to a decrease of the early growth of Q. suber seedlings.</t>
-[...10 lines deleted...]
-      </c>
+          <t>To our knowledge this work demonstrate that the invasion of A. mearnsii into the South African Fynbos biome is supplement and accompanied by an alteration in the nutrient cycling, most specifically notably nitrogen. Inclusive taken together, there is a surfeit of evidence that the invasion of A. mearnsii has the potential through nutrient inputs (litterfall) to alter the N cycling of a landscape and P cycling to a less significant but noticeable significant extend. The high foliar N concentration in leaf litterfall in the riparian zone by A. mearnsii enhances nutrient concentrations especially N in soils under A. mearnsii stands.</t>
+        </is>
+      </c>
+      <c r="F12"/>
+      <c r="G12"/>
+      <c r="H12"/>
       <c r="I12" t="inlineStr">
         <is>
-          <t>Boudiaf I, Baudoin E, Sanguin H, Beddiar A, Thioulouse J, Galiana A, Prin Y, Le Roux C, Lebrun M, Duponnois R (2013) The exotic legume tree species, Acacia mearnsii, alters microbial soil functionalities and the early development of a native tree species, Quercus suber, in North Africa. Soil Biology and Biochemistry 65: 172-179. https://doi.org/10.1016/j.soilbio.2013.05.003</t>
+          <t>Railoun MZ (2018) Impacts of the invasive tree Acacia mearnsii on riparian and instream aquatic environments in the Cape Floristic Region, South Africa. PHD Thesis. Stellenbosch University (Stellenbosch).</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>The families Lepismatidae, Tenebrionidae, Anthi- cidae, and Meloidae, and the individual species Geotomus sp. (nymphs) (Cydnidae), Reduviidae nymphs, Pompilidae, Onthopagus sp. (Scarabaeidae), Somaticus sp. (Tenebrionidae), Ceroctis groendali (Meloidae), Dermatinus prob. lugeus (Pyrrhocori- dae), Pheidole spp. (Formicidae), Odontomachus sp. (Formicidae), Myrmicaria natalensis (Formicidae), Tetramorium vexator (Formicidae) were all restricted to indigenous vegetation. Acacia longifolia, Acacia mearnsii and Pinus patula had the poorest species richness of all the sites. The sites dominated by exotic vegetation had mostly a lower invertebrate species richness and diversity than sites dominated by indigenous vegeta- tion (Fig. I(A) and (B)). Species richness was greatest in sites dominated by trees, but sites with exotic trees had a lower species richness than those with indigenous trees, but overall this was not significant at the P0.05 level (Mann-Whitney U test) (Fig. I(A)). The percentage of species of all taxa associated with exotic vegetation was much less than that asso- ciated with indigenous vegetation. The percentage of arthropod families associated with exotic vegetation was less than that associated with indigenous vegeta- tion.</t>
+          <t>Water infiltration rate was significantly faster on lightly and densely invaded sites when compared to both uninvaded and cleared sites (Table 1). However, percentage soil moisture was significantly higher on lightly invaded sites than densely invaded sites. Sites that were densely invaded by A. mearnsii were slightly more acidic compared to the uninvaded and cleared sites. Densely invaded sites had higher concentrations of P, C and N than uninvaded sites (Table 2), whereas, Na and Mg showed a relative decrease in densely invaded sites compared to uninvaded sites. Invasion by A. mearnsii reduced species basal cover by 15 and 42% on lightly and densely invaded sites, respectively, when compared to uninvaded sites. Mean percent basal cover for Decreaser species, Increaser II species, Increaser III species and species falling into the ‘other’ group (Figure 2) differed significantly between treatments. Mean percent basal cover of Decreaser species on uninvaded sites was higher than that on densely invaded sites. Increaser II species mean percent basal cover on cleared sites was higher than that on densely invaded sites. Increaser III species mean percent basal cover was higher on cleared sites when compared to all other categories. Cover of ‘other’ was higher on lightly invaded sites when compared to cleared sites (Figure 2). The impact on lightly invaded sites include loss of grass cover and that of high gazing value Decreaser species Themeda triandra and Sporobolus fimbriatus, which were more prominent in uninvaded sites.</t>
         </is>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>17</v>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Investigated two levels of wattle tree invasion, lightly invaded and densely invaded, and compared these with uninvaded and cleared sites. Invaded sites assessed from Google Earth. Did not say say if possible local extinctions took place.</t>
+        </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>Lepismatidae, Tenebrionidae, Anthi- cidae, Meloidae, Geotomus sp. (nymphs) (Cydnidae), Reduviidae nymphs, Pompilidae, Onthopagus sp. (Scarabaeidae), Somaticus sp. (Tenebrionidae), Ceroctis groendali (Meloidae), Dermatinus prob. lugeus (Pyrrhocori- dae), Pheidole spp. (Formicidae), Odontomachus sp. (Formicidae), Myrmicaria natalensis (Formicidae), Tetramorium vexator (Formicidae)</t>
+          <t>Cenchrus incertus, Panicum maximum, P. schinzii, Sporobolus fimbriatus, S. africanus, Themeda triandra, Cymbopogon plurinodis, Hyparrhenia hirta, Miscanthus capensis, Tristachya leucothrix, Cynodon dactylon, Eragrostis capensis, E. chloromelas, E. racemosa, E. trichophora, E. viscosa, E. curvula, Merxmuellera stricta, Cyperus rotundus, Kyllinga erecta, Forb, Paspalum dilatatum, P. notatum, Helichrysum and Senecio sp., Herteropogon contortus, Chrysocoma ciliata, Felicia filifolia</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>Samways MJ, Caldwell PM, Osborn R (1996) Ground-living invertebrate assemblages in native, planted and invasive vegetation in South Africa. Agriculture, Ecosystems &amp; Environment 59: 19-32. https://doi.org/10.1016/0167-8809(96)01047-X</t>
+          <t>Yapi TS, O’Farrell PJ, Dziba LE, Esler KJ (2018) Alien tree invasion into a South African montane grassland ecosystem: impact of Acacia species on rangeland condition and livestock carrying capacity. International Journal of Biodiversity Science, Ecosystem Services &amp; Management 14: 105-116. https://doi.org/10.1080/21513732.2018.1450291</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
         <v>10</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>The main species differences between natural andcleared sites were for the endemics A. leucosticta, P. furcigerum, A. subpupillata,andE. frenulata (7.24%dissimilarity). Distinguishing species in natural and aliensites included A. leucosticta, E. frenulata, T. furva/T.dorsalis,andA. subpupillata (10.33% dissimilarity). Distinguishing species for cleared and alien sites were T.furva/T. dorsalis, P. furcigerum, E. frenulata,andO. ju-lia capicola (9.29% dissimilarity). Natural sites had many abundant endemic species(Table 2). In contrast, in cleared sites about half the species (80% of abundance in the SIMPER analysis) wereendemic and half widespread (Table 2). Dense alien siteshad only two species, Chlorolestes umbratus and O. j.capicola, both localized endemics. Alien sites had signif-icantly lower mean species richness and average taxo-nomic distinctness than either cleared or natural sites.Widespread, eurytopicP. kersteni was the only species that had its highest inci-dence in alien sites. The widespread and common speciesTrithemis stictica was absent from alien sites.</t>
+          <t>Soil pH and carbon were significantly different in the soils collected from under and outside canopies. Soil pH was acidic on soils collected from under canopies while soil from outside tree canopies was basic. Soil nitrogen content was significant different in soils from under tree canopies than from outside, with soils from under the canopies higher in nitrogen content compared to soils from outside the canopies. The production in plots with no trees recorded significantly higher ( p &lt; 0.05) herbage biomass production (290 kg ha-1) compared to the plots that had trees (22 kg ha-1) for this study. A. mearnsii grows to a height of approximately 10m blocking and reducing light availability to growing understory vegetation through its shade effect. Reduced light therefore led to slow and reduced growth of herbaceous vegetation.  Soil from under A.mearnsii canopies was more acidic (3.05) compared to that from outside (5.47). It is concluded that Acacia mearnsii significantly reduces groundwater recharge, soil pH, biomass production and native vegetation seed bank whilst increasing soil nitrogen and soil organic carbon under its canopies.</t>
         </is>
       </c>
       <c r="F14" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>Pseudagrion kersteni, P. furcigerum, P. draconis, Elattoneura frenulata, E. glauca, Chlorolestes umbratus, Allocnemis leucosticta, Platycypha fitzsimonsi, Ischnura senagalensis, Ceriagrion glabrum, Trithemis furva/dorsalis, T. arteriosa, T. stictica, Aeshna subpupillata, Orthetrum julia capicola, Anax speratus, A. imperator mauritianus, Paragomphus cognatus, Crocothemis sanguinolenta, Zygonyx natalensis, Tramea limbata, Palpopleura jucunda, Ceratogomphus pictus</t>
+          <t>Cynodon dactylon, Forbs, Sporobolus africanus, Eragrostis chloromelus, Chloris vigata, Eragrostis plana, Cyprus spp, Aristida spp, Aristida congesta, Panicum equiniva</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
-          <t>Samways MJ, Sharratt NJ (2010) Recovery of endemic dragonflies after removal of invasive alien trees. Conservation Biology 24: 267-277. https://doi.org/10.1111/j.1523-1739.2009.01427.x</t>
+          <t>Moyo HPM (2010) Effects of Removing Acacia Mearnsii on the Water Table, Soil and Vegetation Properties in the Tsomo Valley of the Eastern Cape Province, South Africa/cHloniphani Peter Mthunzi Moyo. PHD Thesis. University of Fort Hare. https://core.ac.uk/download/pdf/145041994.pdf</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
         <v>10</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>31</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
       </c>
       <c r="F15" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Pristine, invaded and cleared areas looked at. the three invasion conditions comprised two cleared sites where A. mearnsii was removed in 2016, two invaded sites where A. mearnsii dominate (canopy cover above 60%), and two natural sites where stands of native species dominate (canopy cover above 60%).</t>
-[...5 lines deleted...]
-        </is>
+          <t>Study conducted in lab and seeds not obtained from same area. Plants not said to directly occur with Acacia mearnsii. Impact on naturall populations not be tested.</t>
+        </is>
+      </c>
+      <c r="H15" t="s">
+        <v>33</v>
       </c>
       <c r="I15" t="inlineStr">
         <is>
-          <t>Ruwanza S, Tshililo K (2019) Short term soil and vegetation recovery after Acacia mearnsii removal in Vhembe Biosphere Reserve, South Africa. Applied Ecology and Environmental Research 17: 1705-1716. http://dx.doi.org/10.15666/aeer/1702_17051716</t>
+          <t>Fatunbi AO, Dube S, Yakubu MT, Tshabalala T (2009) Allelopathic potential of Acacia mearnsii De Wild. World Applied Sciences Journal 7: 1488-1493. https://www.researchgate.net/profile/Thulani-Tshabalala/publication/216366703_Allelopathic_Potential_of_Acacia_mearnsii_De_Wild_World_Applied_Sciences_Journal/links/0f317536743ce99fb1000000/Allelopathic-Potential-of-Acacia-mearnsii-De-Wild-World-Applied-Sciences-Journal.pdf</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>The invasion and clearing of Acacia mearnsii led to an increase in soil nutrients, especially nitrogen, phosphorus, potassium, carbon and manganese. Furthermore, soils became more acidic, with increased water repellency and reduced surface hardness. The vegetation changed to a treedominated structure, replacing the native species. Native plant germination was relatively unaffected by invasion and clearing, with an increase in germination just after clearing. This study showed that soil movement increased on slopes which are invaded and cleared of Acacia mearnsii, with erosion rates doubling on invaded slopes. </t>
+          <t>The invasive A. mearnsii reduced groundwater recharge through altering interception, infiltration, surface runoff, transpiration through the use of their deep rooting system. This also allowed A. mearnsii to utilize that water that would have ended up in rivers or streams instead. The presence of A. mearnsii affected water recharge by directly extracting groundwater from saturated strata and reducing the proportion of rainfall that eventually recharged by interfering with the passage of precipitation from the atmosphere to the water table in the soil.</t>
         </is>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="H16"/>
       <c r="I16" t="inlineStr">
         <is>
-          <t>Van der Waal BW (2009) The influence of Acacia mearnsii invasion on soil properties in the Kouga Mountains, Eastern Cape, South Africa. PHD Thesis. Rhodes University. https://core.ac.uk/download/pdf/145046448.pdf</t>
+          <t>Moyo HPM (2010) Effects of Removing Acacia Mearnsii on the Water Table, Soil and Vegetation Properties in the Tsomo Valley of the Eastern Cape Province, South Africa/cHloniphani Peter Mthunzi Moyo. PHD Thesis. University of Fort Hare. https://core.ac.uk/download/pdf/145041994.pdf</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Next generation sequencing data revealed that invaded soils generally harboured lower rhizobial diversity and were compositionally more homogenous compared to uninvaded soils. Bradyrhizobium strains, the most common known rhizobia associated with acacias, were more abundant in invaded than uninvaded sites. Mixed-model ANOVAs, accounting for variability between sites, indicated that some diversity metrics (H and Si) of rhizobial communities were significantly lower in invaded soils compared to uninvaded soils  (S:  F = 1.08,  p = .32;  H:  F = 5.96,  p &lt; .05,  Si:  F = 4.91,  p &lt; .05,  J: F = 2.12, p =.168, Table S3; Figure 1). The PERMANOVA model, accounting for variability between sites, indicated that invasion status significantly altered the composition of soil rhizo-bial communities (F = 1.61,  R2 = .091,  p &lt; .001, also see heatmap in Figure S1). On the other hand, the relative abun-dances (%) of bradyrhizobia were not significantly different be-tween all pairwise sampled invaded and uninvaded soils (t test on arcsine transformed percentages; Bilton: t = 0.94, df = 4, p = .402; Rustenburg: t = 2.45, df = 4, p = .07; Vergelegen: t=−0.33, df = 4, p=.76,Figure S3).</t>
+          <t>The results clearly demonstrated a strong deleterious impact of A. mearnsii invasion level on soil chemical characteristics, microbial functions and EcM community structure and colonization, correlated to a decrease in the early growth of Q. suber seedlings. The study, conducted in glasshouse conditions, clearly shows that the presence of A. mearnsii highly impact soil properties, microbial functions and ectomycorrhizal (EcM) community (structure and colonization rate) of natural habitats. In the current case, it leads to a decrease of the early growth of Q. suber seedlings.</t>
         </is>
       </c>
       <c r="F17" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
       </c>
       <c r="H17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I17" t="inlineStr">
         <is>
-          <t>Le Roux JJ, Ellis AG, van Zyl LM, Hosking ND, Keet JH, Yannelli FA (2018) Importance of soil legacy effects and successful mutualistic interactions during Australian Acacia invasions in nutrient‐poor environments. Journal of Ecology 106: 2071-2081. https://doi.org/10.1111/1365-2745.12965</t>
+          <t>Boudiaf I, Baudoin E, Sanguin H, Beddiar A, Thioulouse J, Galiana A, Prin Y, Le Roux C, Lebrun M, Duponnois R (2013) The exotic legume tree species, Acacia mearnsii, alters microbial soil functionalities and the early development of a native tree species, Quercus suber, in North Africa. Soil Biology and Biochemistry 65: 172-179. https://doi.org/10.1016/j.soilbio.2013.05.003</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>The most prominent difference in bacterial diversity was observed in the invaded wet bank zones. In addition to reduced diversity, there was also a reduction in the number of OTUs that could be observed in the invaded sites with the dominance of certain OTUs. This indicates that A. mearnsii invasion reduced bacterial diversity, but only under the conditions that occurred in the wet bank zones. The invasive Acacias affected the structure of the bacterial community of the dry bank and wet bank zones during all the seasons.  Invasion by Acacia affected both the diversity and the community structure within invaded wet banks and dry banks.</t>
+          <t>The families Lepismatidae, Tenebrionidae, Anthi- cidae, and Meloidae, and the individual species Geotomus sp. (nymphs) (Cydnidae), Reduviidae nymphs, Pompilidae, Onthopagus sp. (Scarabaeidae), Somaticus sp. (Tenebrionidae), Ceroctis groendali (Meloidae), Dermatinus prob. lugeus (Pyrrhocori- dae), Pheidole spp. (Formicidae), Odontomachus sp. (Formicidae), Myrmicaria natalensis (Formicidae), Tetramorium vexator (Formicidae) were all restricted to indigenous vegetation. Acacia longifolia, Acacia mearnsii and Pinus patula had the poorest species richness of all the sites. The sites dominated by exotic vegetation had mostly a lower invertebrate species richness and diversity than sites dominated by indigenous vegeta- tion (Fig. I(A) and (B)). Species richness was greatest in sites dominated by trees, but sites with exotic trees had a lower species richness than those with indigenous trees, but overall this was not significant at the P0.05 level (Mann-Whitney U test) (Fig. I(A)). The percentage of species of all taxa associated with exotic vegetation was much less than that asso- ciated with indigenous vegetation. The percentage of arthropod families associated with exotic vegetation was less than that associated with indigenous vegeta- tion.</t>
         </is>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>The genus Bradyrhizobium occurred at higher frequencies in invaded sites compared to the pristine and cleared sites. The genus Methylocapsa, an obligatory methanotrophic gram-negative bacterium</t>
+          <t>Lepismatidae, Tenebrionidae, Anthi- cidae, Meloidae, Geotomus sp. (nymphs) (Cydnidae), Reduviidae nymphs, Pompilidae, Onthopagus sp. (Scarabaeidae), Somaticus sp. (Tenebrionidae), Ceroctis groendali (Meloidae), Dermatinus prob. lugeus (Pyrrhocori- dae), Pheidole spp. (Formicidae), Odontomachus sp. (Formicidae), Myrmicaria natalensis (Formicidae), Tetramorium vexator (Formicidae)</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
-          <t>Slabbert E, Jacobs SM, Jacobs K (2014) The soil bacterial communities of South African Fynbos riparian ecosystems invaded by Australian Acacia species. PloS one 9:e86560. https://doi.org/10.1371/journal.pone.0086560</t>
+          <t>Samways MJ, Caldwell PM, Osborn R (1996) Ground-living invertebrate assemblages in native, planted and invasive vegetation in South Africa. Agriculture, Ecosystems &amp; Environment 59: 19-32. https://doi.org/10.1016/0167-8809(96)01047-X</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>9</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="C19" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Only eighteen native plant species were present in the invaded patches and these in only 21 of the 48 patches. The Acacia invasion patches colonized by native flora were older and closer to the closest forest remnant. Most invasion patches colonized by native species were located </t>
+          <t>The main species differences between natural andcleared sites were for the endemics A. leucosticta, P. furcigerum, A. subpupillata,andE. frenulata (7.24%dissimilarity). Distinguishing species in natural and aliensites included A. leucosticta, E. frenulata, T. furva/T.dorsalis,andA. subpupillata (10.33% dissimilarity). Distinguishing species for cleared and alien sites were T.furva/T. dorsalis, P. furcigerum, E. frenulata,andO. ju-lia capicola (9.29% dissimilarity). Natural sites had many abundant endemic species(Table 2). In contrast, in cleared sites about half the species (80% of abundance in the SIMPER analysis) wereendemic and half widespread (Table 2). Dense alien siteshad only two species, Chlorolestes umbratus and O. j.capicola, both localized endemics. Alien sites had signif-icantly lower mean species richness and average taxo-nomic distinctness than either cleared or natural sites.Widespread, eurytopicP. kersteni was the only species that had its highest inci-dence in alien sites. The widespread and common speciesTrithemis stictica was absent from alien sites.</t>
         </is>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>Antirhea borbonica, Anthoxanthum odoratum, Aphloia theiformis, Claoxylon glandulosum, Clematis mauritiana, Cyathea borbonica, Cyathea excelsa, Doratoxylon apetalum, Hypericum lanceolatum, Nuxia verticillata, Ocoteaobtusata, Olea lancea, Philippia montana, Pittosporum senacia, Poaceae sp., Polygonum sp., Rubus apetalus, Smilax anceps</t>
+          <t>Pseudagrion kersteni, P. furcigerum, P. draconis, Elattoneura frenulata, E. glauca, Chlorolestes umbratus, Allocnemis leucosticta, Platycypha fitzsimonsi, Ischnura senagalensis, Ceriagrion glabrum, Trithemis furva/dorsalis, T. arteriosa, T. stictica, Aeshna subpupillata, Orthetrum julia capicola, Anax speratus, A. imperator mauritianus, Paragomphus cognatus, Crocothemis sanguinolenta, Zygonyx natalensis, Tramea limbata, Palpopleura jucunda, Ceratogomphus pictus</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
-          <t>Tassin J, Médoc JM, Kull CA, Rivière JN, Balent G (2009) Can invasion patches of Acacia mearnsii serve as colonizing sites for native plant species on Réunion (Mascarene archipelago)? African Journal of Ecology 47: 422-432. https://doi.org/10.1111/j.1365-2028.2008.01021.x</t>
+          <t>Samways MJ, Sharratt NJ (2010) Recovery of endemic dragonflies after removal of invasive alien trees. Conservation Biology 24: 267-277. https://doi.org/10.1111/j.1523-1739.2009.01427.x</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>The invasion significantly decreased the cover of all other fynbos growth forms such as shrubs, woody herbs, forbs, grasses, restios, sedges and geophytes. Plant species richness decreased on all slopes invaded by A. mearnsii and is a result of the highly competitive advantage of the trees that led to a degraded native vegetation composition.</t>
+          <t>Results of the study show significantly (P &lt; 0.001) higher soil moisture content in invaded and natural compared to cleared sites. Soil penetration was significantly (P &lt; 0.001) higher in cleared than invaded and natural sites. Both infiltration rate and hydraulic conductivity showed no significant (P &gt; 0.05) difference between the three sites. Strongly repellent soils were recorded in cleared sites only. Results showed a significant (P &lt; 0.05) increase in measured diversity indices (species richness, Shannon-Wiener, Simpson’s and evenness index) in cleared and natural than in invaded sites. However, most secondary woody invasive alien plants were recorded in cleared sites. Species richness showed significant (P &lt; 0.001) differences between all the three sites (Table 3). Higher species richness was recorded in cleared sites compared to natural and invaded sites. Comparisons on species richness per growth form showed significant (P &lt; 0.05) differences between all three sites for all the growth forms (Table 3). Trees, shrubs and herbs were higher in cleared and natural sites compared to invaded sites, whereas grasses were higher in cleared sites than in natural and invaded sites. Both Shannon-Wiener and Simpson’s index of diversity were significantly (P &lt; 0.01) higher in cleared and natural sites compared to invaded sites (Table 3). Evenness index showed no significant (P &gt; 0.05) differences between all the three sites.</t>
         </is>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="H20"/>
+        <v>21</v>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>Pristine, invaded and cleared areas looked at. the three invasion conditions comprised two cleared sites where A. mearnsii was removed in 2016, two invaded sites where A. mearnsii dominate (canopy cover above 60%), and two natural sites where stands of native species dominate (canopy cover above 60%).</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Brachylaena discolor, Conostomium natalense, Rhus pentheri, Nuxia floribunda, Carissa edulis, Lantana camara, Caesalpinia decapetala, Acacia mearnsii, Athrixia phylicoides, Vachellia karroo, Psidium guajava, Landolphia kirkii, Euclea natalensis, Lippia javanica, Combretum kraussii, Ziziphus mucronata, Zanthoxylum capense, Nerium oleander, Asparagus falcatus, Diospyros lycioides, Dombeya rotundifolia, Solanum mauritianum, Rubus rigidus, Bidens pilosa, Dicoma anomala, Vernonia natalensis</t>
+        </is>
+      </c>
       <c r="I20" t="inlineStr">
         <is>
-          <t>Van der Waal BW (2009) The influence of Acacia mearnsii invasion on soil properties in the Kouga Mountains, Eastern Cape, South Africa. PHD Thesis. Rhodes University. https://core.ac.uk/download/pdf/145046448.pdf</t>
+          <t>Ruwanza S, Tshililo K (2019) Short term soil and vegetation recovery after Acacia mearnsii removal in Vhembe Biosphere Reserve, South Africa. Applied Ecology and Environmental Research 17: 1705-1716. http://dx.doi.org/10.15666/aeer/1702_17051716</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
         <v>10</v>
       </c>
       <c r="C21" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>This study is at a small scale, however, the results were able to detect the decline of grass species diversity and richness at both moderately invaded sites and heavily invaded sites. Even with the clearing of wattle species, this study was able to show species recovery in less than three years following restoration. There are several factors that can be attributed to the decline in species diversity, particularly competition for resources. </t>
         </is>
       </c>
       <c r="F21" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H21" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>Vundla TS (2018) Using remote sensing to estimate the impacts of wattle species on native grass vegetation. PHD Thesis. University of KwaZulu-Natal. https://ukzn-dspace.ukzn.ac.za/handle/10413/17615</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="C22" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>The primary results show a remarkable negative effect of aqueous extracts (A. mearnsii leaves, E. camaldulensis leaves and litter) on the root's growth of the cork oak seedlings as well as the ectomycorrhizal (ECM): Control of cork oak represented by 47.8% mycorrhizal rate compared with eucalyptus with 1.4% followed by litter and acacia, respectively, with 1.6% and 5.4% mycorhization rate.</t>
+        </is>
+      </c>
+      <c r="F22" t="s">
         <v>13</v>
       </c>
-      <c r="D22" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>No access. Not tested on natural populations? The allelopathic potential of different concentrations of solution extracts of the leaves, pods, and litter of A. mearnsii and E. camaldulensis leaves was tested on the growth of Q. suber (L.).</t>
+        </is>
+      </c>
+      <c r="H22" t="s">
+        <v>42</v>
       </c>
       <c r="I22" t="inlineStr">
         <is>
-          <t>Lowe SR, Woodford DJ, Impson DN, Day JA (2008) The impact of invasive fish and invasive riparian plants on the invertebrate fauna of the Rondegat River, Cape Floristic Region, South Africa. African Journal of Aquatic Science 33: 51-62. https://doi.org/10.2989/AJAS.2007.33.1.6.390</t>
+          <t>Boudiaf I, Souelmi M, Beddiar A (2017) Research of an allelopathic effect of Acacia mearnsii (De Wild.) and Eucalyptus camaldulensis (Dehn) on the growth of Quercus suber (L.). Research of an allelopathic effect of Acacia mearnsii (De Wild.) and Eucalyptus camaldulensis (Dehn) on the growth of Quercus suber (L.). 127: 156-164. https://www.cabdirect.org/cabdirect/abstract/20193234973</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>The primary results show a remarkable negative effect of aqueous extracts (A. mearnsii leaves, E. camaldulensis leaves and litter) on the root's growth of the cork oak seedlings as well as the ectomycorrhizal (ECM): Control of cork oak represented by 47.8% mycorrhizal rate compared with eucalyptus with 1.4% followed by litter and acacia, respectively, with 1.6% and 5.4% mycorhization rate.</t>
+          <t>Our results showed that soil microbial activity was modified according to the duration of acacia growth, but we did not detect any effects of impacted soils on cork oak plant growth.</t>
         </is>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>No access. Not tested on natural populations? The allelopathic potential of different concentrations of solution extracts of the leaves, pods, and litter of A. mearnsii and E. camaldulensis leaves was tested on the growth of Q. suber (L.).</t>
+          <t>No access. The analysis of abundance and diversity of symbiotic microflora was carried out by comparing a non-invaded forest soil with a cork oak forest soil totally invaded by A. mearnsii.  A. mearnsii seedlings were grown in the greenhouse on pure cork oak forest soil for 6 and 12 months, and then replaced by cork oak seedlings.</t>
         </is>
       </c>
       <c r="H23" t="s">
         <v>42</v>
       </c>
       <c r="I23" t="inlineStr">
         <is>
-          <t>Boudiaf I, Souelmi M, Beddiar A (2017) Research of an allelopathic effect of Acacia mearnsii (De Wild.) and Eucalyptus camaldulensis (Dehn) on the growth of Quercus suber (L.). Research of an allelopathic effect of Acacia mearnsii (De Wild.) and Eucalyptus camaldulensis (Dehn) on the growth of Quercus suber (L.). 127: 156-164. https://www.cabdirect.org/cabdirect/abstract/20193234973</t>
+          <t>Boudiaf I, Le Roux C, Beddiar A, Prin Y, Duponnois R (2014) Interactions between soil microorganisms and the invasive species Acacia mearnsii De Wild. in the north-eastern Algeria. EWRS. https://agritrop.cirad.fr/579720/1/579720.pdf</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Our results showed that soil microbial activity was modified according to the duration of acacia growth, but we did not detect any effects of impacted soils on cork oak plant growth.</t>
+          <t>The results show a negative effect of acacia on cork oak growth, depending on the soil type, but no difference according to the conditions of mono- or co-cultivation.</t>
         </is>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>No access. The analysis of abundance and diversity of symbiotic microflora was carried out by comparing a non-invaded forest soil with a cork oak forest soil totally invaded by A. mearnsii.  A. mearnsii seedlings were grown in the greenhouse on pure cork oak forest soil for 6 and 12 months, and then replaced by cork oak seedlings.</t>
+          <t>No access to paper. Studied the effect of the A. mearnsii and Q. suber in mono- and co-culture conditions in soils collected from non-invaded sites, recently invaded or completely invaded and analyze its effect on the Quercus growth and arbuscular mycorrhizal (AM) of the two plants in controlled conditions.</t>
         </is>
       </c>
       <c r="H24" t="s">
         <v>42</v>
       </c>
       <c r="I24" t="inlineStr">
         <is>
-          <t>Boudiaf I, Le Roux C, Beddiar A, Prin Y, Duponnois R (2014) Interactions between soil microorganisms and the invasive species Acacia mearnsii De Wild. in the north-eastern Algeria. EWRS. https://agritrop.cirad.fr/579720/1/579720.pdf</t>
+          <t>Boudiaf I, Beddiar A, Roux CL, Prin Y, Duponnois R (2014) Invasion of a natural Quercus suber stand in Algeria by Acacia mearnsii originating from Australia. Invasion of a natural Quercus suber stand in Algeria by Acacia mearnsii originating from Australia 101: 11-14. https://www.cabdirect.org/cabdirect/abstract/20143320342</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>43</v>
       </c>
       <c r="F25" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>No access to paper. Studied the effect of the A. mearnsii and Q. suber in mono- and co-culture conditions in soils collected from non-invaded sites, recently invaded or completely invaded and analyze its effect on the Quercus growth and arbuscular mycorrhizal (AM) of the two plants in controlled conditions.</t>
-[...3 lines deleted...]
-        <v>42</v>
+          <t>Sometimes Acacia increases isolates, sometimes no significant effect. Don’t know which is native or invasive: The known Phytophthora diversity in South Africa, including those revealed in this study, most likely includes both native and introduced species.</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Phytophthora frigida, P. alticola, P. parvispora, P. niederhauserii, P. RSA5A, P. RSA7A, P. RSA1A, P. litchii, Phytophthora AUS2A, P. capensis, P. multivora, P. cinnamomi, P. pseudocryptogea, P. RSA3A, P. ‘kelmania’, P. RSA2A, P. humicola, P. aff. meadii, P. cryptogea, P. plurivora complex, P. nicotianeae, P. ‘hennops’, P. gondwanense, P. asparagi, P. elongata, P. gregata complex, P. RSA10A, P. citricola, P. AUS9A, P. palmivora, P. inundata, P. cambivora</t>
+        </is>
       </c>
       <c r="I25" t="inlineStr">
         <is>
-          <t>Boudiaf I, Beddiar A, Roux CL, Prin Y, Duponnois R (2014) Invasion of a natural Quercus suber stand in Algeria by Acacia mearnsii originating from Australia. Invasion of a natural Quercus suber stand in Algeria by Acacia mearnsii originating from Australia 101: 11-14. https://www.cabdirect.org/cabdirect/abstract/20143320342</t>
+          <t>Bose T, Wingfield MJ, Roux J, Vivas M, Burgess TI (2018) Community composition and distribution of Phytophthora species across adjacent native and non-native forests of South Africa. Fungal Ecology 36: 17-25. https://doi.org/10.1016/j.funeco.2018.09.001</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
         <v>10</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>The total accumulated sap flow per year for the three individual A. mearnsii and E. grandis trees was 6548 and 7405 L a−1 respectively. In contrast, the indigenous species averaged 2934 L a−1 , clearly demonstrating the higher water use of the introduced species. After spatial upscaling, it was concluded that, at the current state of invasion (21 % of the stand being alien species), the stand used 40 % more water per unit area than if the stand were in a pristine state. </t>
-[...4 lines deleted...]
-      <c r="H26"/>
+          <t>Both insect abundance and species richness varied substantially between plant species, and in some cases within plant species (e.g. insect abundance varied greatly between samples from A. cyclops) (Fig. 2, Table 1). Overall, insect abundance was greater on indigenous plants than on alien plants, but species richness was not significantly different. However, for the summer samples both insect abundance and species richness  were greater in samples from indigenous plants.When analysing insect feeding guilds separately, the abundance and species richness of herbivores were always significantly higher on indigenous than on alien plants, but at other trophic levels (i.e. predators/parasites or detritivores) the differences were smaller or seasondependent (Table 1).</t>
+        </is>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>Do not say insect species and which natives declined. Not all results found significant. Insects were collected in 2005 by sweep-netting five randomly selected plants (50 hits per plant) in medium to large populations (a minimum of 20 plants) representing largely homogeneous monospecific patches. Two localities per species were sampled in July, to assess geographical variation, and one locality for each species was re-sampled in December (using different plants), to consider potential seasonal variation. Therefore, 15 trees of each plant species, from two different sites (Fig. 1) were sampled.</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>(i) more species and individuals of insect herbivores occur on indigenous plants, (ii) when extending analyses to all insects, differences between indigenous and alien plants are not immediately obvious, and need to be qualified in terms of seasonal representation.  In both indigenous and alien species, leaf structural traits (Peeters 2002) are likely to be important.</t>
+        </is>
+      </c>
       <c r="I26" t="inlineStr">
         <is>
-          <t>Scott-Shaw BC, Everson CS (2019) Water-use dynamics of an alien-invaded riparian forest within the summer rainfall zone of South Africa. Hydrology and Earth System Sciences 23: 1553-1565. https://doi.org/10.5194/hess-23-1553-2019</t>
+          <t>PROCHEŞ Ş, Wilson JR, Richardson DM, Chown SL (2008) Herbivores, but not other insects, are scarce on alien plants. Austral Ecology 33: 691-700.  https://doi.org/10.1111/j.1442-9993.2008.01836.x</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>9</v>
       </c>
       <c r="B27" t="s">
         <v>10</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>19</v>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>ANOVA test showed no significant differences (p &gt; 0.05) in species richness and abundance across sites for soil surface-dwelling invertebrates. Bray-Curtis similarity measures in PRIMER and correspondence analysis (CA) in CANOCO showed that sampling units with alien invasive plants shared most soil surface-dwelling invertebrate species at ± 75% level of similarity. Sampling unit A from the Mix alien (MA) site shared most species with indigenous vegetation sites. Sampling units from indigenous vegetation sites shared most species at ± 65% level of similarity.</t>
+        </is>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Sometimes Acacia increases isolates, sometimes no significant effect. Don’t know which is native or invasive: The known Phytophthora diversity in South Africa, including those revealed in this study, most likely includes both native and introduced species.</t>
+          <t>Does not specify if decline took place under Acacia. Discusses other eucalypt impacts. Invertebrates were collected using pitfall traps, during 12 sampling occasions from May 2010 to April 2011 numbers of sampling sites. Although the sampling method was adapted to collecting ground dwelling invertebrates, opportunistic flying invertebrates were also collected.</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>Phytophthora frigida, P. alticola, P. parvispora, P. niederhauserii, P. RSA5A, P. RSA7A, P. RSA1A, P. litchii, Phytophthora AUS2A, P. capensis, P. multivora, P. cinnamomi, P. pseudocryptogea, P. RSA3A, P. ‘kelmania’, P. RSA2A, P. humicola, P. aff. meadii, P. cryptogea, P. plurivora complex, P. nicotianeae, P. ‘hennops’, P. gondwanense, P. asparagi, P. elongata, P. gregata complex, P. RSA10A, P. citricola, P. AUS9A, P. palmivora, P. inundata, P. cambivora</t>
+          <t>Anoplolepsis custodiens, Carebara vidua, Messor capensis, Polyrhachis gagates, Streblognathus aethiopicus, Deropeltis erythrocephala, Anachalcos convexus, Diplognatha gagates, Kheper nigroaenus, Anisonyx ditus, Plagiodera coffra, Sonchia sternalis, Psammodes bertolonii, Pachyphaleria capensis, Cheiracanthium lawrencei, C. furculatum, Dysdera crocata, Hyllus argyrotoxus, Langona warchalowskii, Evarcha dotata, Thyenula juvenca, T. aurantiaca, Pardosa crassipalpis, Zelotes uquathus</t>
         </is>
       </c>
       <c r="I27" t="inlineStr">
         <is>
-          <t>Bose T, Wingfield MJ, Roux J, Vivas M, Burgess TI (2018) Community composition and distribution of Phytophthora species across adjacent native and non-native forests of South Africa. Fungal Ecology 36: 17-25. https://doi.org/10.1016/j.funeco.2018.09.001</t>
+          <t>Yekwayo I (2012) Response of Invertebrates to Alian and Indigenous Vegetation Characteristics in Nduli and Luchaba Nature Reserve, Eastern Cape, South Africa. PHD Thesis. Walter Sisulu University. https://core.ac.uk/download/pdf/145035547.pdf</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>9</v>
       </c>
       <c r="B28" t="s">
         <v>10</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Both insect abundance and species richness varied substantially between plant species, and in some cases within plant species (e.g. insect abundance varied greatly between samples from A. cyclops) (Fig. 2, Table 1). Overall, insect abundance was greater on indigenous plants than on alien plants, but species richness was not significantly different. However, for the summer samples both insect abundance and species richness  were greater in samples from indigenous plants.When analysing insect feeding guilds separately, the abundance and species richness of herbivores were always significantly higher on indigenous than on alien plants, but at other trophic levels (i.e. predators/parasites or detritivores) the differences were smaller or seasondependent (Table 1).</t>
+          <t>The invasion and clearing of Acacia mearnsii led to an increase in soil nutrients, especially nitrogen, phosphorus, potassium, carbon and manganese. Furthermore, soils became more acidic, with increased water repellency and reduced surface hardness. The vegetation changed to a treedominated structure, replacing the native species. Native plant germination was relatively unaffected by invasion and clearing, with an increase in germination just after clearing. This study showed that soil movement increased on slopes which are invaded and cleared of Acacia mearnsii, with erosion rates doubling on invaded slopes. </t>
         </is>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-        </is>
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>28</v>
+      </c>
+      <c r="H28" t="s">
+        <v>44</v>
       </c>
       <c r="I28" t="inlineStr">
         <is>
-          <t>PROCHEŞ Ş, Wilson JR, Richardson DM, Chown SL (2008) Herbivores, but not other insects, are scarce on alien plants. Austral Ecology 33: 691-700.  https://doi.org/10.1111/j.1442-9993.2008.01836.x</t>
+          <t>Van der Waal BW (2009) The influence of Acacia mearnsii invasion on soil properties in the Kouga Mountains, Eastern Cape, South Africa. PHD Thesis. Rhodes University. https://core.ac.uk/download/pdf/145046448.pdf</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>9</v>
       </c>
       <c r="B29" t="s">
         <v>10</v>
       </c>
       <c r="C29" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Considering that the majority of competitors (and thus competitor biomass) in this study consisted of A. mearnsii, this result suggested that A. mearnsii does not have an apparent negative effect on growth of V. divaricata saplings, even at high densities of the former. This suggests the absence of allelopathic effects of A. mearnsii on V. divaricata during the sapling stage, congruent with the finding that A. longifolia did not inhibit V. oroboides germination although the opposite occurred (McDowell &amp; Moll, 1981).</t>
+          <t>The most prominent difference in bacterial diversity was observed in the invaded wet bank zones. In addition to reduced diversity, there was also a reduction in the number of OTUs that could be observed in the invaded sites with the dominance of certain OTUs. This indicates that A. mearnsii invasion reduced bacterial diversity, but only under the conditions that occurred in the wet bank zones. The invasive Acacias affected the structure of the bacterial community of the dry bank and wet bank zones during all the seasons.  Invasion by Acacia affected both the diversity and the community structure within invaded wet banks and dry banks.</t>
         </is>
       </c>
       <c r="F29" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      <c r="H29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>45</v>
       </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>The genus Bradyrhizobium occurred at higher frequencies in invaded sites compared to the pristine and cleared sites. The genus Methylocapsa, an obligatory methanotrophic gram-negative bacterium</t>
+        </is>
+      </c>
       <c r="I29" t="inlineStr">
         <is>
-          <t>Goets SA, Kraaij T, Little KM (2018) Seed bank and growth comparisons of native (Virgilia divaricata) and invasive alien (Acacia mearnsii and A. melanoxylon) plants: implications for conservation. PeerJ 6:.e5466. http://hdl.handle.net/10.7717/peerj.5466</t>
+          <t>Slabbert E, Jacobs SM, Jacobs K (2014) The soil bacterial communities of South African Fynbos riparian ecosystems invaded by Australian Acacia species. PloS one 9:e86560. https://doi.org/10.1371/journal.pone.0086560</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30" t="s">
         <v>10</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>ANOVA test showed no significant differences (p &gt; 0.05) in species richness and abundance across sites for soil surface-dwelling invertebrates. Bray-Curtis similarity measures in PRIMER and correspondence analysis (CA) in CANOCO showed that sampling units with alien invasive plants shared most soil surface-dwelling invertebrate species at ± 75% level of similarity. Sampling unit A from the Mix alien (MA) site shared most species with indigenous vegetation sites. Sampling units from indigenous vegetation sites shared most species at ± 65% level of similarity.</t>
-[...14 lines deleted...]
-      </c>
+          <t>The total accumulated sap flow per year for the three individual A. mearnsii and E. grandis trees was 6548 and 7405 L a−1 respectively. In contrast, the indigenous species averaged 2934 L a−1 , clearly demonstrating the higher water use of the introduced species. After spatial upscaling, it was concluded that, at the current state of invasion (21 % of the stand being alien species), the stand used 40 % more water per unit area than if the stand were in a pristine state. </t>
+        </is>
+      </c>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30"/>
       <c r="I30" t="inlineStr">
         <is>
-          <t>Yekwayo I (2012) Response of Invertebrates to Alian and Indigenous Vegetation Characteristics in Nduli and Luchaba Nature Reserve, Eastern Cape, South Africa. PHD Thesis. Walter Sisulu University. https://core.ac.uk/download/pdf/145035547.pdf</t>
+          <t>Scott-Shaw BC, Everson CS (2019) Water-use dynamics of an alien-invaded riparian forest within the summer rainfall zone of South Africa. Hydrology and Earth System Sciences 23: 1553-1565. https://doi.org/10.5194/hess-23-1553-2019</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>