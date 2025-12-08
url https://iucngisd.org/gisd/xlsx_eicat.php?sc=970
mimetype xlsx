--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -342,243 +342,243 @@
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>We concluded that Bubulcus ibis colonized Fernando de Noronha, showing the current status of invasive resident species, being a potential source of disturbance of the environments used by Sula sula, mainly through competition for space for dormitories and nests.</t>
         </is>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6" t="inlineStr">
         <is>
           <t>Barbosa-Filho R.C., de Sousa A.E.A.B., Freitas G.L., Nunes M.F.C., de Souza E.A., Zeppelini-Filho D. (2009). A garca-vaqueira (Bubulcus ibis Linnaeus, 1758) e o atoba-de-pe-vermelho (Sula sula Linnaeus, 1766) no Arquipelago de Fernando de Noronha: uma abordagem ecologica comparativa. Ornithologia 3: 101-114.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>The Cattle Egret (Bubulcus ibis) was first spotted in Chile at Antofagasta (Region II) in 1968. Effects of invaders on native vegetation and habitats: cattle egrets and shiny cowbirds are insectivorous.</t>
+          <t>The Cattle Egret (Bubulcus ibis) was first spotted in Chile at Antofagasta (Region II) in 1968. The effects of invading birds on other native species are relatively unknown and worth investigating. The small extent of intrusion in the wild by the Cattle Egret, Muscovy Duck, Ring-necked Pheasant and Rock Pigeon speak against an ecologically relevant effect. If any interaction exists, it may be between the Cattle Egret and the native Southern Lapwig (Vanellus chilensis), Bunecked Ibis (Theristicus caudatus) and Chimango Caracara (Milvago chimango), which also feed on invertebrates in agricultural fields and pastures. Although there is some potential for competition for food, none has been reported.</t>
         </is>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The Cattle Egret (Bubulcus ibis) was first spotted in Chile at Antofagasta (Region II) in 1968. The effects of invading birds on other native species are relatively unknown and worth investigating. The small extent of intrusion in the wild by the Cattle Egret, Muscovy Duck, Ring-necked Pheasant and Rock Pigeon speak against an ecologically relevant effect. If any interaction exists, it may be between the Cattle Egret and the native Southern Lapwig (Vanellus chilensis), Bunecked Ibis (Theristicus caudatus) and Chimango Caracara (Milvago chimango), which also feed on invertebrates in agricultural fields and pastures. Although there is some potential for competition for food, none has been reported.</t>
-[...4 lines deleted...]
-      <c r="H8"/>
+          <t>Additionally, the Cattle Egret, already present in the 1980s, established breeding colonies in the archipelago by the year 2000 (JSM, pers. observ.). Herein, we report on predators of the Noronha Skink as well as record cannibalism by this lizard. Cats and egrets always stalked the skinks, whereas the tegu chased its prey - a hunting tactic it employs on smaller lizards. Additionally, the toll taken by cattle egrets also may be high, as we recorded a single egret catching three skinks in a row during a foraging bout of about 10 min.</t>
+        </is>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts on Fernando de Noronhas. the impact could be higher.</t>
+        </is>
+      </c>
+      <c r="H8" t="s">
+        <v>22</v>
+      </c>
       <c r="I8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Additionally, the Cattle Egret, already present in the 1980s, established breeding colonies in the archipelago by the year 2000 (JSM, pers. observ.). Herein, we report on predators of the Noronha Skink as well as record cannibalism by this lizard. Cats and egrets always stalked the skinks, whereas the tegu chased its prey - a hunting tactic it employs on smaller lizards. Additionally, the toll taken by cattle egrets also may be high, as we recorded a single egret catching three skinks in a row during a foraging bout of about 10 min.</t>
+          <t>Other predators of hawaiian stilts include mongooses, black rats (Rattus rattus), feral cats, feral dogs, black-crowned night herons, cattle egrets, Hawaiian short-eared owl or pueo (Asio flammeus sandwichensis) and common mynas (Acridotheres tristis) (Coleman 1981, Robinson et al. 1999). Cattle egrets play an unquantified role as a predator of nestling birds; however, there are several documented incidents of cattle egrets taking Hawaii stilt, Hawaiian coot and Hawaiian common moorhen chicks as well as Hawaiian ducklings at the O'ahu National Refuge Complex (S. Pelizza, in litt. 2005).  To protect native species, we establish a control order for cattle egrets (Bubulcus ibis) and barn owls (Tyto alba), two invasive migratory bird species in Hawaii, under the direction of Executive Order 13112. Cattle egrets and barn owls have been documented preying upon endangered and threatened waterbirds and seabirds, including Hawaiian stilt (Himantopus mexicanus (=himantopus) knudseni), Hawaiian coot (Fulica americana alai), Hawaiian common moorhen (Gallinula chloropus sandvicensis), Hawaiian duck (Anas wyvilliana), Hawaiian petrel (Pterodroma sandwichensis) and Newell's Townsend's shearwater (Puffinus auricularis newelli).  Since 1850, more than 130 species of bird have been introduced to Hawaii. Cattle egrets prey on native waterbird chicks such as those of the 'ae'o or Black-necked Stilt (Himantopus mexicanus).</t>
         </is>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="G9" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G9" t="s">
+        <v>24</v>
       </c>
       <c r="H9" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>25</v>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>U.S. Fish and Wildlife Service (2011). Recovery plan for Hawaiian waterbirds. Second revision. U.S. Fish and Wildlife Service. Portland, Oregon.  Johnson, V.H. (2017). Migratory Bird Permits; Control Order for Introduced Migratory Bird Species in Hawaii, DEPARTMENT OF THE INTERIOR, Fish and Wildlife Service.  Stone, C.P. and S. J. Anderson (1988). Introduced Animals in Hawaii's Natural Areas. Vertebrate Pest Conference Proceedings collection: Proceedings of the Thirteenth Vertebrate Pest Conference. University of Nebraska.</t>
+        </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Other predators of hawaiian stilts include mongooses, black rats (Rattus rattus), feral cats, feral dogs, black-crowned night herons, cattle egrets, Hawaiian short-eared owl or pueo (Asio flammeus sandwichensis) and common mynas (Acridotheres tristis) (Coleman 1981, Robinson et al. 1999). Cattle egrets play an unquantified role as a predator of nestling birds; however, there are several documented incidents of cattle egrets taking Hawaii stilt, Hawaiian coot and Hawaiian common moorhen chicks as well as Hawaiian ducklings at the O'ahu National Refuge Complex (S. Pelizza, in litt. 2005).  To protect native species, we establish a control order for cattle egrets (Bubulcus ibis) and barn owls (Tyto alba), two invasive migratory bird species in Hawaii, under the direction of Executive Order 13112. Cattle egrets and barn owls have been documented preying upon endangered and threatened waterbirds and seabirds, including Hawaiian stilt (Himantopus mexicanus (=himantopus) knudseni), Hawaiian coot (Fulica americana alai), Hawaiian common moorhen (Gallinula chloropus sandvicensis), Hawaiian duck (Anas wyvilliana), Hawaiian petrel (Pterodroma sandwichensis) and Newell's Townsend's shearwater (Puffinus auricularis newelli).  Since 1850, more than 130 species of bird have been introduced to Hawaii. Cattle egrets prey on native waterbird chicks such as those of the 'ae'o or Black-necked Stilt (Himantopus mexicanus).</t>
+          <t>The relationship between Sooty Tern (Sterna fuscata) nest densities and vegetation characteristics of the breeding colonies was investigated on four islands in the Seychelles. In addition to supporting only low densities of terns (Table 1), pagote-dominated areas provided clear space in the centre of habitat use by Sooty Terns, the colony in which cattle egrets (Bubulcus ibis) could land. They used these areas as foci for the predation of eggs and chicks.</t>
         </is>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>U.S. Fish and Wildlife Service (2011). Recovery plan for Hawaiian waterbirds. Second revision. U.S. Fish and Wildlife Service. Portland, Oregon.  Johnson, V.H. (2017). Migratory Bird Permits; Control Order for Introduced Migratory Bird Species in Hawaii, DEPARTMENT OF THE INTERIOR, Fish and Wildlife Service.  Stone, C.P. and S. J. Anderson (1988). Introduced Animals in Hawaii's Natural Areas. Vertebrate Pest Conference Proceedings collection: Proceedings of the Thirteenth Vertebrate Pest Conference. University of Nebraska.</t>
+          <t>Feare, C., Gill, E. L., Carty, P., Carty, H. E. &amp; Ayrton, V. J. (1997). Habitat use by Seychelles sooty terns (Sterna fuscata) and implications for colony management. Biol. Conserv. 81, 69-76.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>The relationship between Sooty Tern (Sterna fuscata) nest densities and vegetation characteristics of the breeding colonies was investigated on four islands in the Seychelles. In addition to supporting only low densities of terns (Table 1), pagote-dominated areas provided clear space in the centre of habitat use by Sooty Terns, the colony in which cattle egrets (Bubulcus ibis) could land. They used these areas as foci for the predation of eggs and chicks.</t>
-[...10 lines deleted...]
-      </c>
+          <t>Rice fields and other agricultural habitats were used more than expected by Cattle Egrets, an invasive species in southern Europe; whereas Little Egrets, which are native to the Camargue, tended to select natural freshwater marshes and lagoons. Results were consistent with the hypothesis that increasing use of habitats corresponded with higher foraging success for both species.</t>
+        </is>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
+      <c r="H11"/>
       <c r="I11" t="inlineStr">
         <is>
-          <t>Feare, C., Gill, E. L., Carty, P., Carty, H. E. &amp; Ayrton, V. J. (1997). Habitat use by Seychelles sooty terns (Sterna fuscata) and implications for colony management. Biol. Conserv. 81, 69-76.</t>
+          <t>Lombardini, K., Bennets, R.E. &amp; Tourenq, C. (2001). Foraging success and foraging habitat use by Cattle Egrets and Little Egrets in the Camargue, France. Condor 103: 38-44.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Rice fields and other agricultural habitats were used more than expected by Cattle Egrets, an invasive species in southern Europe; whereas Little Egrets, which are native to the Camargue, tended to select natural freshwater marshes and lagoons. Results were consistent with the hypothesis that increasing use of habitats corresponded with higher foraging success for both species.</t>
+          <t>Our data suggest that nesting success of Little Egrets is density dependent only when considered in the interaction with the proportion of Cattle Egrets in nesting colonies. Prior to widespread distribution of Cattle Egrets in Camargue, Hafner (1977) documented a relationship between nesting success of Little Egrets and the position of the nest relative to the center or edge of the colony. Nests on the periphery of a colony were more susceptible to damage from wind than those located more centrally (Hafner 1977). Anedoctal observations suggest that Cattle Egrets tend to occupy the more central locations of colonies in the Camargue and may even displace Little Egrets from these sites. This is currently being investigated and, if it occurs, it may provide a mechanism for the negative effect on nesting success.</t>
         </is>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="inlineStr">
         <is>
-          <t>Lombardini, K., Bennets, R.E. &amp; Tourenq, C. (2001). Foraging success and foraging habitat use by Cattle Egrets and Little Egrets in the Camargue, France. Condor 103: 38-44.</t>
+          <t>Bennets, R. E., Fasolah, M., Hafner H., &amp; Kayser, Y. (2000). Influence of Environmental and Density-Dependent Factors on Reproduction of Lttle Egrets. The Auk, 117(3), 634-639. https://doi.org/10.2307/4089589</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Our data suggest that nesting success of Little Egrets is density dependent only when considered in the interaction with the proportion of Cattle Egrets in nesting colonies. Prior to widespread distribution of Cattle Egrets in Camargue, Hafner (1977) documented a relationship between nesting success of Little Egrets and the position of the nest relative to the center or edge of the colony. Nests on the periphery of a colony were more susceptible to damage from wind than those located more centrally (Hafner 1977). Anedoctal observations suggest that Cattle Egrets tend to occupy the more central locations of colonies in the Camargue and may even displace Little Egrets from these sites. This is currently being investigated and, if it occurs, it may provide a mechanism for the negative effect on nesting success.</t>
+          <t>The Cattle Egret (Bubulcus ibis) was first spotted in Chile at Antofagasta (Region II) in 1968. Effects of invaders on native vegetation and habitats: cattle egrets and shiny cowbirds are insectivorous.</t>
         </is>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
-      <c r="I13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I13" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>